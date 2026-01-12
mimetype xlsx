--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -242,51 +242,51 @@
   <si>
     <t>Augmentation of AIRP capacity (216cum/hr) in connection with augmentation of Ground Water Based Piped Water Supply Scheme for Nrisinghapur, under Jal Jeevan Mission at Santipur Block, under Nadia Arsenic Division -I, PHE Dte. (Sl.no.09)</t>
   </si>
   <si>
     <t>ORD/000131/2023-2024</t>
   </si>
   <si>
     <t>1899/NAD-I</t>
   </si>
   <si>
     <t>14/08/2023</t>
   </si>
   <si>
     <t>05/07/2025</t>
   </si>
   <si>
     <t>Conversion of IEP to AIRP (Pressure Type) at Gayeshpur Zone-I W/S Scheme under Santipur Block of capacity 60 cum/hr. underaugmentation of Gayeshpur Zone-I W/S Scheme under Nadia Arsenic Division-I, PHE Dte. (Sl.no.04)</t>
   </si>
   <si>
     <t>ORD/000132/2023-2024</t>
   </si>
   <si>
     <t>1900/NAD-I</t>
   </si>
   <si>
-    <t>01/05/2025</t>
+    <t>19/10/2026</t>
   </si>
   <si>
     <t>HARBAUER INDIA PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Construction of AIRP capacity (111m3/hr) in connection with augmentation of Ground Water Based PWSS for Baganchara under Jal Jeevan Mission at Santipur Block under Nadia Arsenic Division-I, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000024/2024-2025</t>
   </si>
   <si>
     <t>1079/NAD-I</t>
   </si>
   <si>
     <t>15/07/2024</t>
   </si>
   <si>
     <t>11/01/2025</t>
   </si>
   <si>
     <t>EFFLUENT &amp; WATER TREATMENT ENGINEERS (P) LTD.</t>
   </si>
   <si>
     <t>Construction and installation of Manifold and allied works at OHR site under for Goalpur Zone-I PWSS including augmentation works under Gayeshpur Zone-I PWSS at Shantipur Block under Nadia Arsenic Division-I,P.H.E. Dte. (Sl. No. 03)</t>
   </si>
@@ -296,51 +296,51 @@
   <si>
     <t>1968/NAD-I</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>M/S DREAM INFRASTRUCTURE</t>
   </si>
   <si>
     <t>Laying of UPVC pipeline including providing FHTC at Goalpur and Boalia W/S Scheme, Shnatipur Block under Nadia Arsenic Division-I, PHE Dte. (Sl. NO. 05)</t>
   </si>
   <si>
     <t>ORD/000058/2024-2025</t>
   </si>
   <si>
     <t>1566/NAD-I</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
-    <t>10/11/2024</t>
+    <t>03/02/2026</t>
   </si>
   <si>
     <t>CONSTRUCTURE</t>
   </si>
   <si>
     <t>Providing Boundary Illumination with allied works at Boalia, Nabla, Gayeshpur Z-1 and Gayeshpur Z II, Part III under Block_ Santipur Under Eastern Mechanical Division, P.H.E, Dte. Dist. Nadia (SM/12021)</t>
   </si>
   <si>
     <t>ORD/000171/2025-2026</t>
   </si>
   <si>
     <t>1169/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>SWAPAN ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>