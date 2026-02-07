--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -970,54 +970,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>15.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.22</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>78.07</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1031,54 +1031,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>13.07</v>
       </c>
       <c r="Q5" s="4">
-        <v>13.06</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1092,54 +1092,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P6" s="4">
         <v>0.9</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.9</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1271,54 +1271,54 @@
       <c r="I9" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>493.44</v>
       </c>
       <c r="Q9" s="4">
-        <v>241.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>48.89</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>45</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1393,54 +1393,54 @@
       <c r="I11" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P11" s="4">
         <v>134.01</v>
       </c>
       <c r="Q11" s="4">
-        <v>101.18</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>75.5</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>23</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1669,54 +1669,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1695.72</v>
       </c>
       <c r="P16" s="8">
-        <v>368.59</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>21.74</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>