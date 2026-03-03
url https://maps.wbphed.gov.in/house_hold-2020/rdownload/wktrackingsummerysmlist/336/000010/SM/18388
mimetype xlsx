--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1018,54 +1018,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.97</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.97</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1763,54 +1763,54 @@
       <c r="I17" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>85</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P17" s="4">
         <v>16444.17</v>
       </c>
       <c r="Q17" s="4">
-        <v>2686.7</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>16.34</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>47</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1946,54 +1946,54 @@
       <c r="I20" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P20" s="4">
         <v>225.66</v>
       </c>
       <c r="Q20" s="4">
-        <v>127.18</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>56.36</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>75</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2007,54 +2007,54 @@
       <c r="I21" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>102</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>112</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P21" s="4">
         <v>1506.76</v>
       </c>
       <c r="Q21" s="4">
-        <v>470.02</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>31.19</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>52</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2100,54 +2100,54 @@
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>118</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>20802.8</v>
       </c>
       <c r="P23" s="8">
-        <v>3284.87</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>15.79</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>