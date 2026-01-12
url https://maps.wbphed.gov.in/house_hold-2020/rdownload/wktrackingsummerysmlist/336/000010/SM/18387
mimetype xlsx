--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -374,51 +374,51 @@
   <si>
     <t>1646/ND</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>06/07/2025</t>
   </si>
   <si>
     <t>MONDAL ENTERPRISE</t>
   </si>
   <si>
     <t>Additional Work for Installation of SCADA System in connection with Augmentation of Surface Water Based Piped Water Supply Scheme for Northern Sector Part-II in Nakashipara Block of Nadia District under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000141/2025-2026</t>
   </si>
   <si>
     <t>3447/ND</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
-    <t>20/11/2025</t>
+    <t>20/03/2026</t>
   </si>
   <si>
     <t>GBC INFRASTRUCTURE PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>