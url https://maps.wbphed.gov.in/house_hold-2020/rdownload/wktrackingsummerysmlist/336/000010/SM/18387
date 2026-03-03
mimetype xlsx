--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1718,54 +1718,54 @@
       <c r="I16" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P16" s="4">
         <v>276.03</v>
       </c>
       <c r="Q16" s="4">
-        <v>122.7</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>44.45</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>60</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1779,54 +1779,54 @@
       <c r="I17" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>89</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="P17" s="4">
         <v>6109.51</v>
       </c>
       <c r="Q17" s="4">
-        <v>4711.68</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>77.12</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>9</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1840,54 +1840,54 @@
       <c r="I18" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>96</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="P18" s="4">
         <v>96.01</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.93</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>6.17</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>30</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2057,54 +2057,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>10978.87</v>
       </c>
       <c r="P22" s="8">
-        <v>4840.31</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>44.09</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>