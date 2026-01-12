--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -173,303 +173,303 @@
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>Installation of Har Ghar Jal (HGJ) Display Board at different Villages under various PWSS under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000419/2023-2024</t>
   </si>
   <si>
     <t>5349/ND</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>30/01/2024</t>
   </si>
   <si>
     <t>IMAGIN</t>
   </si>
   <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation Tube Well in connection to Accommodate FHTC at Pump House No.-I, II , III, IV , V and VI (New) , Zone-II under Fulia Town Ship ground water based water supply scheme under Block_ Santipur Dist. - Nadia under EMD, PHE Dte. [SM-18374]</t>
+  </si>
+  <si>
+    <t>ORD/000341/2024-2025</t>
+  </si>
+  <si>
+    <t>2156/EMD</t>
+  </si>
+  <si>
+    <t>30/08/2024</t>
+  </si>
+  <si>
+    <t>29/09/2024</t>
+  </si>
+  <si>
+    <t>CONCORD EMC ENCLAVE LLP</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (3.6m x 3.0m) Including Sanitary Arrangement at Tube well No-3 site at Fulia Zone-II Water supply scheme under Ranaghat Sub ¿ Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000297/2023-2024</t>
+  </si>
+  <si>
+    <t>925/RSD</t>
+  </si>
+  <si>
+    <t>14/09/2023</t>
+  </si>
+  <si>
+    <t>28/11/2023</t>
+  </si>
+  <si>
+    <t>HANDICRAFT CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (3.6m x 3.0m) Including Sanitary Arrangement at Tube well No-4 site at Fulia Zone-II Water supply scheme under Ranaghat Sub - Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000298/2023-2024</t>
+  </si>
+  <si>
+    <t>926/RSD</t>
+  </si>
+  <si>
+    <t>B K ENGINEERING</t>
+  </si>
+  <si>
+    <t>Fencing with R.C.C. pillar (9 nos Govt. Land) at different locations under Fulia Zone- I &amp; II water supply scheme under Ranaghat Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000290/2023-2024</t>
+  </si>
+  <si>
+    <t>911/RSD</t>
+  </si>
+  <si>
+    <t>13/09/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>APURBA MONDAL, VILL+P.O. BADKULLA, DIST.NADIA, PIN-741121 W.B</t>
+  </si>
+  <si>
+    <t>Construction Of Pump House (5.4m X 3.6m) Including Sanitary Arrangemen At Hw Site At Fulia Zone-II Water Supply Scheme Under Ranaghat Sub-Division PHE Dte.)</t>
+  </si>
+  <si>
+    <t>ORD/000399/2023-2024</t>
+  </si>
+  <si>
+    <t>5189/ND</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>20/02/2024</t>
+  </si>
+  <si>
+    <t>MRINAL DASGUPTA</t>
+  </si>
+  <si>
+    <t>Providing drilling crew and other allied works for construction of Tube Well ( 300mm X200mm X 250 Mtrs. Depth) by utilising Departmental Machineries for Badkulla/FULIA TOWNSHIP (Z-II) PWSS W/S Scheme(TW-II) , under Nadia District, Central Drilling Division, P.H.E. Dte</t>
+  </si>
+  <si>
+    <t>ORD/000143/2023-2024</t>
+  </si>
+  <si>
+    <t>1660/CDD</t>
+  </si>
+  <si>
+    <t>17/10/2023</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
+    <t>SUNRISE ENGINEERING CORPORATION</t>
+  </si>
+  <si>
+    <t>Material Requisition To Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000004/2024-2025</t>
+  </si>
+  <si>
+    <t>3688/ND</t>
+  </si>
+  <si>
+    <t>03/07/2024</t>
+  </si>
+  <si>
+    <t>Resource Division</t>
+  </si>
+  <si>
+    <t>RTOR000014/2024-2025</t>
+  </si>
+  <si>
+    <t>7562/ND</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>New Power Connection Charges for FULIA Water Supply Scheme Z-II, Pump House - IV</t>
+  </si>
+  <si>
+    <t>BILL/02296/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-191-24-25</t>
+  </si>
+  <si>
+    <t>13/12/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.L (FULIA C.C.C)</t>
+  </si>
+  <si>
+    <t>New Power connection charges for FULIA Water supply scheme Z-II Pump House No- V</t>
+  </si>
+  <si>
+    <t>BILL/02294/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-189-24-25</t>
+  </si>
+  <si>
+    <t>service connection charges for fulia township</t>
+  </si>
+  <si>
+    <t>BILL/00975/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-65-24-25</t>
+  </si>
+  <si>
+    <t>10/07/2024</t>
+  </si>
+  <si>
+    <t>New power connection charges for FULIA Water Supply scheme Z - II , Pump House No - II</t>
+  </si>
+  <si>
+    <t>BILL/02295/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-190-24-25</t>
+  </si>
+  <si>
+    <t>New power connection charges for FULIA Water supply scheme -II, Pump House No-III</t>
+  </si>
+  <si>
+    <t>BILL/02293/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-188-24-25</t>
+  </si>
+  <si>
+    <t>Providing functional household tap connection including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials,saddle piece etc. all complete Construction Of 1000 Cum Capacity 20 Mtr. Staging Height RCC Over Head Reservoir (Including Pile Foundation), Pipe Connection And Cost Of Pipes, Specials &amp; Soil Investigation For Construction Of One No. 1000 Cum OHR Of Staging Height 20 Mtr. for augmentation of Ground Water Based Water Supply Scheme For Fulia Township Zone-II to accommodate FHTC in Santipur block of Nadia District under Nadia Division P.H.Engineering Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000204/2023-2024</t>
+  </si>
+  <si>
+    <t>3539/ND</t>
+  </si>
+  <si>
+    <t>11/08/2023</t>
+  </si>
+  <si>
+    <t>11/08/2025</t>
+  </si>
+  <si>
+    <t>AMAL DUTTA ROY</t>
+  </si>
+  <si>
+    <t>Construction of Pump House (3.6m x 3.0m) Including Sanitary Arrangement at Tube well No-5 site at Fulia Zone-II Water supply scheme under Ranaghat Sub-Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000650/2023-2024</t>
+  </si>
+  <si>
+    <t>124/RSD</t>
+  </si>
+  <si>
+    <t>29/01/2024</t>
+  </si>
+  <si>
+    <t>29/03/2024</t>
+  </si>
+  <si>
+    <t>M/S ASIT ROY BHOWMICK</t>
+  </si>
+  <si>
+    <t>Construction of 94.00 mtr long Boundary Wall (2.5m panel) having 200X200 mm R.C.C. Column footing (1.0X1.0 m) with 125mm thick brick panel wall and 200x300 mm tie beam at GL including M.S gate at Fulia Zone-II, Pump House no-VI under Ranaghat Sub-Div , Nadia Division PHE. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000772/2024-2025</t>
+  </si>
+  <si>
+    <t>659/ND</t>
+  </si>
+  <si>
+    <t>11/02/2025</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>SADHANA CONSTRUCTION CO.</t>
+  </si>
+  <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 210 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Fulia Township Zone-II to accommodate FHTC within Santipur block under Ranaghat Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000090/2024-2025</t>
   </si>
   <si>
     <t>4314/ND</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
-    <t>02/02/2025</t>
+    <t>28/01/2026</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
-  </si>
-[...235 lines deleted...]
-    <t>SADHANA CONSTRUCTION CO.</t>
   </si>
   <si>
     <t>Construction of 49.00 mtr long Boundary Wall (2.5m panel) having 200X200 mm R.C.C. Column footing (1.0X1.0 m) with 125mm thick brick panel wall and 200x300 mm tie beam at GL including M.S gate at Fulia Zone-II, Pump House no-V under Ranaghat Sub-Division, Nadia Division PHE. Dte.</t>
   </si>
   <si>
     <t>ORD/000797/2024-2025</t>
   </si>
   <si>
     <t>88/RSD</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
     <t>30/03/2025</t>
   </si>
   <si>
     <t>M/S KM ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 421.00 mtr long Boundary Wall(2.5m panel) having 200X200 mm R.C.C. Column footing (1.0X1.0 m) with 125 mm thick brick panel wall and 200x300 mm tie beam at GL including M.S gate at Fulia Zone-II, H/W under Ranaghat Sub-Div , Nadia Division PHE. Dte.</t>
   </si>
   <si>
     <t>ORD/000768/2024-2025</t>
   </si>
@@ -1311,274 +1311,274 @@
         <v>96.97</v>
       </c>
       <c r="Q6" s="4">
         <v>1.8</v>
       </c>
       <c r="R6" s="4">
         <v>1.86</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J7" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="P7" s="4">
-        <v>452.47</v>
+        <v>75.36</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>75.36</v>
+        <v>4.46</v>
       </c>
       <c r="Q8" s="4">
-        <v>0</v>
+        <v>1.11</v>
       </c>
       <c r="R8" s="4">
-        <v>0</v>
+        <v>24.96</v>
       </c>
       <c r="S8" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N9" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="O9" s="4" t="s">
         <v>69</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="P9" s="4">
         <v>4.46</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>24.96</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>74</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
-        <v>4.46</v>
+        <v>3.22</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>3.17</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>98.36</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1589,581 +1589,581 @@
       <c r="H11" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
-        <v>3.22</v>
+        <v>6.89</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.17</v>
+        <v>6.76</v>
       </c>
       <c r="R11" s="4">
-        <v>98.36</v>
+        <v>98.12</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P12" s="4">
-        <v>6.89</v>
+        <v>18.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>6.76</v>
+        <v>14.41</v>
       </c>
       <c r="R12" s="4">
-        <v>98.12</v>
+        <v>76.42</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>88</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I13" s="13"/>
+      <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="O13" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="O13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>18.85</v>
+        <v>44.99</v>
       </c>
       <c r="Q13" s="4">
-        <v>14.41</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>76.42</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="L14" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N14" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="P14" s="4">
-        <v>44.99</v>
+        <v>51.02</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I15" s="13"/>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="N15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="O15" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="M15" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>51.02</v>
+        <v>7.91</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="I16" s="13"/>
       <c r="J16" s="13"/>
       <c r="K16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="L16" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="L16" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M16" s="4" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P16" s="4">
-        <v>7.91</v>
+        <v>3.85</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="I17" s="13"/>
       <c r="J17" s="13"/>
       <c r="K17" s="4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P17" s="4">
-        <v>3.85</v>
+        <v>9.54</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="I18" s="13"/>
       <c r="J18" s="13"/>
       <c r="K18" s="4" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P18" s="4">
-        <v>9.54</v>
+        <v>3.52</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I19" s="13"/>
       <c r="J19" s="13"/>
       <c r="K19" s="4" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="P19" s="4">
-        <v>3.52</v>
+        <v>3.46</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
+        <v>114</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J20" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="M20" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="I20" s="13"/>
-[...1 lines deleted...]
-      <c r="K20" s="4" t="s">
+      <c r="N20" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="L20" s="4" t="s">
+      <c r="O20" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="M20" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P20" s="4">
-        <v>3.46</v>
+        <v>915.05</v>
       </c>
       <c r="Q20" s="4">
-        <v>0</v>
+        <v>348.75</v>
       </c>
       <c r="R20" s="4">
-        <v>0</v>
+        <v>38.11</v>
       </c>
       <c r="S20" s="4">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
@@ -2171,171 +2171,171 @@
       <c r="H21" s="13" t="s">
         <v>120</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="P21" s="4">
-        <v>915.05</v>
+        <v>4.36</v>
       </c>
       <c r="Q21" s="4">
-        <v>348.75</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>38.11</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>126</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J22" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="4">
-        <v>4.36</v>
+        <v>8.07</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>132</v>
       </c>
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J23" s="13"/>
+      <c r="J23" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P23" s="4">
-        <v>8.07</v>
+        <v>452.47</v>
       </c>
       <c r="Q23" s="4">
         <v>0</v>
       </c>
       <c r="R23" s="4">
         <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>