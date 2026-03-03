--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1167,54 +1167,54 @@
         <v>34</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>3.1</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.1</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1228,54 +1228,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>18.88</v>
       </c>
       <c r="Q5" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>79.46</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1289,54 +1289,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P6" s="4">
         <v>96.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>1.8</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>1.86</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1409,54 +1409,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>4.46</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.11</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>24.96</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1531,54 +1531,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P10" s="4">
         <v>3.22</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.17</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>98.36</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1592,54 +1592,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P11" s="4">
         <v>6.89</v>
       </c>
       <c r="Q11" s="4">
-        <v>6.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>98.12</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1653,54 +1653,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P12" s="4">
         <v>18.85</v>
       </c>
       <c r="Q12" s="4">
-        <v>14.41</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>76.42</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2113,54 +2113,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P20" s="4">
         <v>915.05</v>
       </c>
       <c r="Q20" s="4">
-        <v>348.75</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>38.11</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>81</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2394,51 +2394,53 @@
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>144</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J25" s="13"/>
+      <c r="J25" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K25" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P25" s="4">
         <v>33.5</v>
       </c>
       <c r="Q25" s="4">
         <v>0</v>
       </c>
       <c r="R25" s="4">
         <v>0</v>
       </c>
       <c r="S25" s="4">
@@ -2627,54 +2629,54 @@
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>167</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>1912.21</v>
       </c>
       <c r="P29" s="8">
-        <v>394.1</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>20.61</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>