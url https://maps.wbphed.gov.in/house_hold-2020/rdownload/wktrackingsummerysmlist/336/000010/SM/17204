--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -161,51 +161,51 @@
   <si>
     <t>ORD/000010/2023-2024</t>
   </si>
   <si>
     <t>1806 / ND</t>
   </si>
   <si>
     <t>24/04/2023</t>
   </si>
   <si>
     <t>23/07/2023</t>
   </si>
   <si>
     <t>APURBA MANDAL</t>
   </si>
   <si>
     <t>Construction and installation of MANIFOLD and allied works at OHR site under Uttartajpur PWSS under Karimpur-I Block under Tehatta Sub Division under Nadia Division-,P.H.E Dte. under Jal Jeevan Mission(JJM) .</t>
   </si>
   <si>
     <t>ORD/000745/2024-2025</t>
   </si>
   <si>
     <t>423/ND</t>
   </si>
   <si>
-    <t>23/11/2025</t>
+    <t>22/01/2026</t>
   </si>
   <si>
     <t>NISHITH BANERJEE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>