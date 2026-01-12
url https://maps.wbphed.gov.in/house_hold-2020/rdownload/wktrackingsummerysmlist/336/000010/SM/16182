--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -248,51 +248,51 @@
   <si>
     <t>Quotation for new service connection for Char Bramhanagar Ph-1, under Nabadwip block, District-Nadia</t>
   </si>
   <si>
     <t>BILL/02320/2024-2025</t>
   </si>
   <si>
     <t>BP-202-24-25</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials &amp; valves, Laying of proposed Rising Main, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC/20mm OD HDPE pipe with all necessary specials, Soil investigation for construction of one No. 600 Cum OHR, Construction of R.C.C. Elevated Reservoir of 600 Cum capacity(including pile foundation), Construction of Pump House at Proposed H/W, 2nd T/W and 3rd Tube Well site, Construction of boundary wall with gate at Proposed H/W, 2nd T/W and 3rd Tube Well site at Char Brahmanagar within Krishnagar I block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 4</t>
   </si>
   <si>
     <t>ORD/000193/2023-2024</t>
   </si>
   <si>
     <t>3448/ND</t>
   </si>
   <si>
     <t>09/08/2023</t>
   </si>
   <si>
-    <t>01/01/2026</t>
+    <t>30/12/2025</t>
   </si>
   <si>
     <t>H I ENTERPRISE, VILL&amp;P.O- DHALTITHA, P.S. BASIRHAT, NORTH 24 PARGANAS, PIN-743412(WB)</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of capacity 120 m3/hr at Char Brahmanagar Water Supply Scheme within Nabadwip Block under Krishnagar Sub-Divn. under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000119/2024-2025</t>
   </si>
   <si>
     <t>4521/ND</t>
   </si>
   <si>
     <t>20/08/2024</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Construction Of Approach Road To The Headwork Site With Pilling Work, Land Development Of Head Worksite, Restoration Of Concrete Roads And Allied Works Of Char Brahmanagar Water Supply Scheme Under Krishnagar Subdivision Under Nadia Division PHED.</t>
   </si>