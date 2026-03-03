--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1022,54 +1022,54 @@
       <c r="I5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>96.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1146,54 +1146,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>16.88</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.43</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>20.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1445,54 +1445,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>634.32</v>
       </c>
       <c r="Q12" s="4">
-        <v>246.58</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>38.87</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1668,54 +1668,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1450.9</v>
       </c>
       <c r="P16" s="8">
-        <v>251.41</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>17.33</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>