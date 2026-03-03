--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1094,54 +1094,54 @@
       <c r="I5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>96.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1216,54 +1216,54 @@
       <c r="I7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="4">
         <v>37.73</v>
       </c>
       <c r="Q7" s="4">
-        <v>19.28</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>51.11</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1277,54 +1277,54 @@
       <c r="I8" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P8" s="4">
         <v>6.88</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.74</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>97.98</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1566,54 +1566,54 @@
       <c r="I13" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>746.37</v>
       </c>
       <c r="Q13" s="4">
-        <v>411.66</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>55.16</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>85</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1688,54 +1688,54 @@
       <c r="I15" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
         <v>42.39</v>
       </c>
       <c r="Q15" s="4">
-        <v>34.97</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>82.51</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>70</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2023,54 +2023,54 @@
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>123</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>1451.56</v>
       </c>
       <c r="P21" s="8">
-        <v>474.06</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>32.66</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>