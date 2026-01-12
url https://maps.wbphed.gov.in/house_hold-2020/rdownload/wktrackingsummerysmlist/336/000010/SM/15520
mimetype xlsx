--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -185,132 +185,120 @@
   <si>
     <t>New Service Connection charge for PH.No. 2 under Sandhya, 9th Battalian</t>
   </si>
   <si>
     <t>BILL/04195/2023-2024</t>
   </si>
   <si>
     <t>BP-267-23-24</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION COMPANY LTD.</t>
   </si>
   <si>
     <t>New Service Connection charge for PH.No. 1 under Sandhya, 9th Battalian</t>
   </si>
   <si>
     <t>BILL/04194/2023-2024</t>
   </si>
   <si>
     <t>BP-268-23-24</t>
   </si>
   <si>
-    <t>Continuation work for Wall Writing Work under Nadia Division P. H. Engineering Dte.</t>
-[...5 lines deleted...]
-    <t>3784/ND</t>
+    <t>Laying of Distribution System including specials &amp; valves, Laying of proposed Rising Main, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, repair and renovation works of R.C.C. Elevaced Reservoir of 90 and 270 Cum capacity, repair and renovation works of Pump Houses and other allied works at Sandha (State Arm Force) within Krishnagar I block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000089/2023-2024</t>
+  </si>
+  <si>
+    <t>3025/ND</t>
+  </si>
+  <si>
+    <t>14/07/2024</t>
+  </si>
+  <si>
+    <t>CHANDAN ROY, 35, M. M. GHOSH STREET, P.O. -KRISHNAGAR, DIST. NADIA, PIN -741101.</t>
+  </si>
+  <si>
+    <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sinkinng Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under SANDHA ground water based water supply scheme under Block_ Krishnanagar-I Dist. - Nadia under EMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/001986/2023-2024</t>
+  </si>
+  <si>
+    <t>6967/EMD</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>CINZANO</t>
+  </si>
+  <si>
+    <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of capacity 50 m3/hr at Sandha SAP Water Supply Scheme within Krishnagar-I Block under Nadia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000789/2023-2024</t>
+  </si>
+  <si>
+    <t>1900/ND</t>
+  </si>
+  <si>
+    <t>15/03/2024</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>JOY HIND TUBEWELL'S</t>
+  </si>
+  <si>
+    <t>Continuation for Installation of Har Ghar Jal (HGJ) Display Board at different Villages under various PWSS under Nadia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000296/2025-2026</t>
+  </si>
+  <si>
+    <t>3785/ND</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
-    <t>12/09/2025</t>
+    <t>11/10/2025</t>
   </si>
   <si>
     <t>IMAGIN</t>
-  </si>
-[...64 lines deleted...]
-    <t>11/10/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -699,51 +687,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="95.405273" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1204,371 +1192,310 @@
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J9" s="13"/>
+      <c r="J9" s="13" t="s">
+        <v>28</v>
+      </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="N9" s="4" t="s">
+      <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="O9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P9" s="4">
-        <v>34.21</v>
+        <v>247.85</v>
       </c>
       <c r="Q9" s="4">
-        <v>0</v>
+        <v>101.13</v>
       </c>
       <c r="R9" s="4">
-        <v>0</v>
+        <v>40.8</v>
       </c>
       <c r="S9" s="4">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P10" s="4">
-        <v>247.85</v>
+        <v>27.44</v>
       </c>
       <c r="Q10" s="4">
-        <v>101.13</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>40.8</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>55</v>
+        <v>90</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>48</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
-        <v>27.44</v>
+        <v>184.49</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J12" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
-        <v>184.49</v>
+        <v>96.97</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...20 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>629.03</v>
+      </c>
+      <c r="P13" s="8">
+        <v>129.94</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>20.66</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>