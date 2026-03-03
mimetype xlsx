--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -852,54 +852,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>2.51</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.45</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.72</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -915,54 +915,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>32.45</v>
       </c>
       <c r="Q4" s="4">
-        <v>26.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>81.25</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1214,54 +1214,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>247.85</v>
       </c>
       <c r="Q9" s="4">
-        <v>101.13</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>40.8</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1435,54 +1435,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>629.03</v>
       </c>
       <c r="P13" s="8">
-        <v>129.94</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>20.66</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>