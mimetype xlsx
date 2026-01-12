--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -239,102 +239,84 @@
   <si>
     <t>BILL/00608/2024-2025</t>
   </si>
   <si>
     <t>BP-37-24-25</t>
   </si>
   <si>
     <t>31/05/2024</t>
   </si>
   <si>
     <t>WBSEDCL BADKULLA CCC</t>
   </si>
   <si>
     <t>NEW SERVICE CONNECTION CHARGES FOR ANJANGARH PWSS PH-I (HEAD WORK SITE)</t>
   </si>
   <si>
     <t>BILL/00737/2024-2025</t>
   </si>
   <si>
     <t>BP-52-24-25</t>
   </si>
   <si>
     <t>21/06/2024</t>
   </si>
   <si>
-    <t>Continuation work for Wall Writing Work under Nadia Division P. H. Engineering Dte.</t>
-[...14 lines deleted...]
-    <t>IMAGIN</t>
+    <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sinkinng Tube Well in connection to Accommodate FHTC at Pump House No.-I &amp; II under Anjangarh ground water based water supply scheme under Block_ Ranaghat-I Dist. - Nadia under EMD, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/002814/2023-2024</t>
+  </si>
+  <si>
+    <t>803/EMD</t>
+  </si>
+  <si>
+    <t>11/03/2024</t>
+  </si>
+  <si>
+    <t>29/06/2025</t>
+  </si>
+  <si>
+    <t>S.G. ENTERPRISE</t>
   </si>
   <si>
     <t>Providing functional household tap connection including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc., Construction of 100 cum capacity 20 Mtr. staging height RCC Over Head Reservoir, pipe connection and cost of pipes, specials SOIL INVESTIGATION FOR CONSTRUCTION OF OHR all complete for Ground Water Based Water Supply Scheme for Anjangarh to accommodate FHTC in Ranaghat-I block of Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000448/2022-2023</t>
   </si>
   <si>
     <t>963/ND</t>
   </si>
   <si>
     <t>09/03/2023</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>M/S BISWAS BROTHERS, VIVEKNAGAR, P.O-NOAPARA, P.S-BARASAT, KOLKATA-700125</t>
-  </si>
-[...16 lines deleted...]
-    <t>S.G. ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -723,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="87.121582" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1392,94 +1374,96 @@
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
-      <c r="J12" s="13"/>
+      <c r="J12" s="13" t="s">
+        <v>36</v>
+      </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
-        <v>34.21</v>
+        <v>25.38</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
@@ -1506,150 +1490,87 @@
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>135.42</v>
       </c>
       <c r="Q13" s="4">
         <v>78.87</v>
       </c>
       <c r="R13" s="4">
         <v>58.24</v>
       </c>
       <c r="S13" s="4">
         <v>95</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
-      <c r="A14" s="3">
-[...20 lines deleted...]
-      <c r="H14" s="13" t="s">
+      <c r="A14" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="I14" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>443.49</v>
+      </c>
+      <c r="P14" s="8">
+        <v>110.33</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>24.88</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
-    <row r="15" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>