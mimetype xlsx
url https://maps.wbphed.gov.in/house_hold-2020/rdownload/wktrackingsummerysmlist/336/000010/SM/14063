--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -870,54 +870,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>2.45</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.45</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.72</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -933,54 +933,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>37.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>29.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>76.86</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1476,88 +1476,88 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P13" s="4">
         <v>135.42</v>
       </c>
       <c r="Q13" s="4">
-        <v>78.87</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>58.24</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>95</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>443.49</v>
       </c>
       <c r="P14" s="8">
-        <v>110.33</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>24.88</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>