--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -161,69 +161,69 @@
   <si>
     <t>RTOR000018/2023-2024</t>
   </si>
   <si>
     <t>1863/ND</t>
   </si>
   <si>
     <t>26/04/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000101/2023-2024</t>
   </si>
   <si>
     <t>3543/ND</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 90 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Udaypur to accommodate FHTC within Santipur block under Ranaghat Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer 3</t>
+  </si>
+  <si>
     <t>ORD/000079/2024-2025</t>
   </si>
   <si>
     <t>4125/ND</t>
   </si>
   <si>
     <t>29/07/2024</t>
   </si>
   <si>
     <t>25/01/2025</t>
   </si>
   <si>
     <t>MERCURY ENGINEERING COMPANY</t>
   </si>
   <si>
     <t>Repairing of Pump house-I with sanitary arrangement under augmentation of Udaypur piped water supply scheme under Ranaghat Sub-Division, under Nadia Division PHE Dte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000174/2024-2025</t>
   </si>
   <si>
     <t>1137/RSD</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>26/10/2024</t>
   </si>
   <si>
     <t>MAA SARADA CONSTRUCTION</t>
   </si>
   <si>
     <t>RTOR000136/2023-2024</t>
   </si>
   <si>
     <t>254/ND</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
@@ -890,54 +890,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.35</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>88.03</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1104,135 +1104,137 @@
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J7" s="13"/>
+      <c r="J7" s="13" t="s">
+        <v>49</v>
+      </c>
       <c r="K7" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>237.16</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>1.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.76</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>92.83</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1282,112 +1284,112 @@
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>64</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>468.16</v>
       </c>
       <c r="Q10" s="4">
-        <v>296.83</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>63.4</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>24.18</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
@@ -1404,51 +1406,51 @@
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="P12" s="4">
         <v>3.19</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
@@ -1577,54 +1579,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>95</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1012.9</v>
       </c>
       <c r="P15" s="8">
-        <v>301.54</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>29.77</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>