--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -182,198 +182,198 @@
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>Construction Of Pump House (5.4m X 3.6m) &amp; (3.6m X 3.0m) Including Sanitary Arrangement At Head Work Site &amp; 2nd tube well Site and construction of Boundary wall at Head works site &amp; 2nd tube well site of Hanspukuria Zone - II Ground water based water supply scheme under Tehatta Sub-Division PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000756/2023-2024</t>
   </si>
   <si>
     <t>1630/ND</t>
   </si>
   <si>
     <t>07/03/2024</t>
   </si>
   <si>
     <t>03/09/2024</t>
   </si>
   <si>
     <t>J.P. CONSTRUCTION &amp; SUPPLIERS</t>
   </si>
   <si>
+    <t>Repairing and renovation of Elevated Reservoir , Pump House ,boundary wall of ground based piped water supply scheme for Hanspukuria Zone-I water supply scheme under Tehatta Sub Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000307/2024-2025</t>
+  </si>
+  <si>
+    <t>6836/ND</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
+  </si>
+  <si>
+    <t>BUDDHADEV MONDAL</t>
+  </si>
+  <si>
+    <t>Construction of barbed wire fencing with concrete pillars at Hanspukuria Zone-II water supply scheme 1st T.W. H.W.Site (New Land) under Tehatta Sub-Division under Nadia Division PHE Dte. in JJM project .</t>
+  </si>
+  <si>
+    <t>Junior Engineer 1,Junior Engineer 2</t>
+  </si>
+  <si>
+    <t>ORD/000728/2023-2024</t>
+  </si>
+  <si>
+    <t>1117/TSD</t>
+  </si>
+  <si>
+    <t>21/02/2024</t>
+  </si>
+  <si>
+    <t>28/02/2024</t>
+  </si>
+  <si>
+    <t>Sinking of 01 nos Tubewell 300 x 200 mm dia and 200 mtr. Deep Tubewell by Direct Rotary Rig Method, having 300 mm dia 48 mtr. long PVC Housing Pipe &amp; 200 mm.dia Well Pipe &amp; Deep well Screen (RDS strainer) at Headwork site , Hanspukuria Zone-II PWSS Water Supply Scheme under Tehatta Sub-Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000662/2023-2024</t>
+  </si>
+  <si>
+    <t>1097/ND</t>
+  </si>
+  <si>
+    <t>19/02/2024</t>
+  </si>
+  <si>
+    <t>20/03/2024</t>
+  </si>
+  <si>
+    <t>TULIP ENGINEER'S CO-OP SOCIETY LTD</t>
+  </si>
+  <si>
+    <t>RTOR000003/2024-2025</t>
+  </si>
+  <si>
+    <t>3503/ND</t>
+  </si>
+  <si>
+    <t>24/06/2024</t>
+  </si>
+  <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Quotation for New service connection charges and security deposit for Hanspukuria 2nd T/W.</t>
+  </si>
+  <si>
+    <t>BILL/02156/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-172-24-25</t>
+  </si>
+  <si>
+    <t>05/12/2024</t>
+  </si>
+  <si>
+    <t>W.B.S.E.D.C.L (PANCHDHARA ABHAYNAGAR C.C.C)</t>
+  </si>
+  <si>
+    <t>Quotation charges and security deposit for new power connection at Hanspukuria (Zone-II) head worksite under Eastern Mechanical Subdivision-III, Nadia</t>
+  </si>
+  <si>
+    <t>BILL/02255/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-193-24-25</t>
+  </si>
+  <si>
+    <t>16/12/2024</t>
+  </si>
+  <si>
+    <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme at Hanspukuria Zone-I to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer 2</t>
+  </si>
+  <si>
+    <t>ORD/000311/2022-2023</t>
+  </si>
+  <si>
+    <t>5351/ND</t>
+  </si>
+  <si>
+    <t>22/12/2022</t>
+  </si>
+  <si>
+    <t>22/12/2024</t>
+  </si>
+  <si>
+    <t>MAHMOOD ASSOCIATES PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete, Construction of 300 cum capacity 20 mtr. height RCC over head reservoir (with pile foundation), pipe connection and cost of pipes, specials. and Soil investigation for construction of one No. 300 Cum OHR of staging height 20 mtr. for Augmentation of Ground Based Water Supply Scheme at Hanspukuria Zone-II to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000392/2022-2023</t>
+  </si>
+  <si>
+    <t>480/ND</t>
+  </si>
+  <si>
+    <t>02/02/2023</t>
+  </si>
+  <si>
+    <t>02/02/2025</t>
+  </si>
+  <si>
+    <t>M/S DIPAK ENTERPRISE, GHOSH PARA,WORD NO.-4, KALYANI, NADIA-741235 WEST BENGAL</t>
+  </si>
+  <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 50 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Hasnpukuria Zone-I to accommodate FHTC within Tehatta-II block under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000261/2024-2025</t>
   </si>
   <si>
     <t>4701/ND</t>
   </si>
   <si>
     <t>29/08/2024</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
-  </si>
-[...130 lines deleted...]
-    <t>M/S DIPAK ENTERPRISE, GHOSH PARA,WORD NO.-4, KALYANI, NADIA-741235 WEST BENGAL</t>
   </si>
   <si>
     <t>Construction and installation of MANIFOLD and allied works at OHR site under Hanspukuria Zone-I Ground Based Water Supply Scheme under Tehatta-II Block under Nadia Division, P.H.E Dte. in connection with Providing FHTC (Functional Household Tap Connection) under Jal Jeevan Mission(JJM) for Hanspukuria Zone-I at Tehatta-II Block by Augmentation of Ground Water based PWSS for Hanspukuria Zone-I Water Supply Schemes under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000625/2024-2025</t>
   </si>
   <si>
     <t>7358/ND</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>16/02/2025</t>
   </si>
   <si>
     <t>SAHA CONSTRUCTION &amp; CO</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 50 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Hasnpukuria Zone-II to accommodate FHTC within Tehatta-II block under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000260/2024-2025</t>
   </si>
@@ -1339,670 +1339,672 @@
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
-        <v>181.86</v>
+        <v>32.88</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J10" s="13"/>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13" t="s">
+        <v>63</v>
+      </c>
       <c r="K10" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="P10" s="4">
-        <v>32.88</v>
+        <v>2.13</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>2.05</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>96.16</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>68</v>
       </c>
-      <c r="I11" s="13"/>
+      <c r="I11" s="13" t="s">
+        <v>26</v>
+      </c>
       <c r="J11" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="N11" s="4" t="s">
+      <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="O11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="4">
-        <v>2.13</v>
+        <v>17.39</v>
       </c>
       <c r="Q11" s="4">
-        <v>2.05</v>
+        <v>12.21</v>
       </c>
       <c r="R11" s="4">
-        <v>96.16</v>
+        <v>70.21</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I12" s="13"/>
+      <c r="J12" s="13"/>
+      <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
-      <c r="M12" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N12" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="P12" s="4">
-        <v>17.39</v>
+        <v>12.39</v>
       </c>
       <c r="Q12" s="4">
-        <v>12.21</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>70.21</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="N13" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="O13" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="N13" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>12.39</v>
+        <v>3.02</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I14" s="13"/>
       <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="M14" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N14" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="P14" s="4">
-        <v>3.02</v>
+        <v>9.18</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="I15" s="13"/>
-[...1 lines deleted...]
-      <c r="K15" s="4" t="s">
+      <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P15" s="4">
-        <v>9.18</v>
+        <v>203.73</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>177.3</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>87.02</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>94</v>
+        <v>50</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
-        <v>203.73</v>
+        <v>291.32</v>
       </c>
       <c r="Q16" s="4">
-        <v>177.3</v>
+        <v>121.61</v>
       </c>
       <c r="R16" s="4">
-        <v>87.02</v>
+        <v>41.75</v>
       </c>
       <c r="S16" s="4">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P17" s="4">
-        <v>291.32</v>
+        <v>181.86</v>
       </c>
       <c r="Q17" s="4">
-        <v>121.61</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>41.75</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P18" s="4">
         <v>20.43</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>112</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>61</v>
+        <v>105</v>
       </c>
       <c r="P19" s="4">
         <v>181.28</v>
       </c>
       <c r="Q19" s="4">
         <v>0</v>
       </c>
       <c r="R19" s="4">
         <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>116</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>117</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>119</v>
       </c>
@@ -2019,51 +2021,51 @@
         <v>72.07</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>25</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>123</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>126</v>