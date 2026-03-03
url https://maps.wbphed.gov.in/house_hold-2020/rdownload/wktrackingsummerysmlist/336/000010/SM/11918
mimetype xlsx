--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -992,54 +992,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.46</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1051,54 +1051,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>4.07</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.07</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1283,54 +1283,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>34.04</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.57</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>42.81</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1401,54 +1401,54 @@
         <v>62</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P10" s="4">
         <v>2.13</v>
       </c>
       <c r="Q10" s="4">
-        <v>2.05</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>96.16</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1462,54 +1462,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>17.39</v>
       </c>
       <c r="Q11" s="4">
-        <v>12.21</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>70.21</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1694,54 +1694,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P15" s="4">
         <v>203.73</v>
       </c>
       <c r="Q15" s="4">
-        <v>177.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>87.02</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>95</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1755,54 +1755,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>291.32</v>
       </c>
       <c r="Q16" s="4">
-        <v>121.61</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>41.75</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>65</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -2092,54 +2092,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>1257.05</v>
       </c>
       <c r="P22" s="8">
-        <v>332.27</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>26.43</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>