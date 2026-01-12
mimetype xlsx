--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -185,51 +185,51 @@
   <si>
     <t>4588/ND</t>
   </si>
   <si>
     <t>06/10/2023</t>
   </si>
   <si>
     <t>26/09/2025</t>
   </si>
   <si>
     <t>Construction of OHR, repair and renovation of staff room, repair of boundary wall, construction of service road and restoration of bituminous road. etc. of Surface Water Based Water Supply Scheme for Zone-III / B (Northern Sector Part-II) in Nakashipara Block of Nadia District to accomodate FHTC under Nadia Division, P.H.E. Dte. [SM/11839].</t>
   </si>
   <si>
     <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000443/2023-2024</t>
   </si>
   <si>
     <t>6112/ND</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
-    <t>20/12/2025</t>
+    <t>20/12/2026</t>
   </si>
   <si>
     <t>MONDAL ENTERPRISE</t>
   </si>
   <si>
     <t>Additional Work for Augmentation of Surface Water Based Piped Water Supply Scheme for Different Zones (Northern Sector Part-I) , ZONE V / A (Northern Sector Part-I) in Kaliganj Block &amp; Different Zones (Northern Sector Part-II) in Nakashipara Block of Nadia District under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000232/2024-2025</t>
   </si>
   <si>
     <t>6464/ND</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>UMWELT ENGINEER PVT LTD</t>
   </si>