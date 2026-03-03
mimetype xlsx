--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -821,54 +821,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.35</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.34</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.79</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -939,54 +939,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>96.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>40</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1057,54 +1057,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P7" s="4">
         <v>2304.9</v>
       </c>
       <c r="Q7" s="4">
-        <v>141.2</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>6.13</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>19</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1274,54 +1274,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>4270.04</v>
       </c>
       <c r="P11" s="8">
-        <v>145.95</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>3.42</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>