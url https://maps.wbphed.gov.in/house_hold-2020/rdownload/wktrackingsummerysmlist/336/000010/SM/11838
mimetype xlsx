--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -227,51 +227,51 @@
   <si>
     <t>ORD/000106/2025-2026</t>
   </si>
   <si>
     <t>2852/ND</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>Additional Work for Installation of SCADA System in connection with Augmentation of Surface Water Based Piped Water Supply Scheme for Northern Sector Part-II in Nakashipara Block of Nadia District under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000141/2025-2026</t>
   </si>
   <si>
     <t>3447/ND</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
-    <t>20/11/2025</t>
+    <t>20/03/2026</t>
   </si>
   <si>
     <t>GBC INFRASTRUCTURE PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>