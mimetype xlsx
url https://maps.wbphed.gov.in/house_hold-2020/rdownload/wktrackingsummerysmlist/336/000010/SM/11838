--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -824,54 +824,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.72</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.71</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.56</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -883,54 +883,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>17.77</v>
       </c>
       <c r="Q4" s="4">
-        <v>17.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1001,54 +1001,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>484.95</v>
       </c>
       <c r="Q6" s="4">
-        <v>179.65</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>37.05</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>15</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1062,54 +1062,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>96.97</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1123,54 +1123,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>271.6</v>
       </c>
       <c r="Q8" s="4">
-        <v>5.67</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>2.09</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>5</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1279,54 +1279,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1940.19</v>
       </c>
       <c r="P11" s="8">
-        <v>209.59</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>10.8</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>