--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -263,51 +263,51 @@
   <si>
     <t>ORD/000751/2023-2024</t>
   </si>
   <si>
     <t>1626/ND</t>
   </si>
   <si>
     <t>07/03/2024</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>BISHAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying pipe line for distribution system and rising main for Baruipara PWSS under augmentation of Baruipara PWSS under Tehatta Sub-Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000474/2024-2025</t>
   </si>
   <si>
     <t>7262/ND</t>
   </si>
   <si>
-    <t>09/09/2025</t>
+    <t>08/12/2025</t>
   </si>
   <si>
     <t>Providing FHTC &amp; Alied Pipelines and other Works for left out habitation under Karimpur -I Block under Tehatta Sub-Division under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000792/2024-2025</t>
   </si>
   <si>
     <t>7464/ND</t>
   </si>
   <si>
     <t>20/12/2024</t>
   </si>
   <si>
     <t>20/03/2025</t>
   </si>
   <si>
     <t>APURBA MANDAL</t>
   </si>
   <si>
     <t>Additional pipeline for increasing Functionality in Basatipara, Mojlishpur and Borojangal villages through MANIFOLD under Karimpur-I Block under Tehatta Sub Division under Nadia Division-,P.H.E Dte. under Jal Jeevan Mission(JJM).</t>
   </si>
   <si>
     <t>Junior Engineer Karimpur- II Block</t>
   </si>
@@ -1652,51 +1652,51 @@
       <c r="K15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P15" s="4">
         <v>46.3</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>61</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>