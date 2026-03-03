--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -137,50 +137,53 @@
   <si>
     <t>RTOR000058/2022-2023</t>
   </si>
   <si>
     <t>4307/ND</t>
   </si>
   <si>
     <t>29/09/2022</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000007/2023-2024</t>
   </si>
   <si>
     <t>1850/ND</t>
   </si>
   <si>
     <t>26/04/2023</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 174 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Baruipara to accommodate FHTC within Karimpur-I block under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer 1</t>
+  </si>
+  <si>
     <t>ORD/000086/2024-2025</t>
   </si>
   <si>
     <t>4192/ND</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
     <t>MONDAL ENTERPRISE</t>
   </si>
   <si>
     <t>Construction and installation of MANIFOLD and allied works at OHR site under Baruipara Ground Based Water Supply Scheme under Karimpur-I Block under Nadia Division,P.H.E Dte. in connection with Providing FHTC (Functional Household Tap Connection) under Jal Jeevan Mission(JJM) for Baruipara at Karimpur-I Block by Augmentation of Ground Water based PWSS for Baruipara Water Supply Schemes under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000638/2024-2025</t>
   </si>
   <si>
     <t>7364/ND</t>
   </si>
   <si>
     <t>18/12/2024</t>
@@ -216,53 +219,50 @@
     <t>30/03/2024</t>
   </si>
   <si>
     <t>UNIVERSAL ENTERPRISES</t>
   </si>
   <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Quotation charges for new service connection and security deposit at Baruipara PH-IV under EMSD-III,Nadia</t>
   </si>
   <si>
     <t>BILL/02256/2024-2025</t>
   </si>
   <si>
     <t>BP-182</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>WBSEDCL KARIMPUR CCC</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme at Baruipara to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000132/2022-2023</t>
   </si>
   <si>
     <t>3798/ND</t>
   </si>
   <si>
     <t>02/09/2022</t>
   </si>
   <si>
     <t>13/02/2026</t>
   </si>
   <si>
     <t>M/S S.S ENTERPRISE</t>
   </si>
   <si>
     <t>Construction Of Pump House (3.6x 3.0m) Including Sanitary Arrangement and consruction of Boundary wall at 4th Tube Well Site of Baruipara Water Supply Scheme Under Tehatta Sub-Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000751/2023-2024</t>
   </si>
   <si>
     <t>1626/ND</t>
   </si>
@@ -932,54 +932,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.82</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.82</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1085,349 +1085,351 @@
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>381.95</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>23.38</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>18.86</v>
       </c>
       <c r="Q8" s="4">
-        <v>14.69</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>77.87</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>3.86</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>732.02</v>
       </c>
       <c r="Q10" s="4">
-        <v>577.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>78.87</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>74</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P11" s="4">
         <v>10.94</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
@@ -1444,60 +1446,60 @@
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>54.36</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
@@ -1668,69 +1670,69 @@
         <v>46.3</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>103</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P16" s="4">
         <v>22.81</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
@@ -1741,54 +1743,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1712.23</v>
       </c>
       <c r="P17" s="8">
-        <v>596.85</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>34.86</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>