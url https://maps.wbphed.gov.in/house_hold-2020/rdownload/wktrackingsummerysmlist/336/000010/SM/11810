--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -293,51 +293,51 @@
   <si>
     <t>3260/ND</t>
   </si>
   <si>
     <t>10/07/2025</t>
   </si>
   <si>
     <t>08/10/2025</t>
   </si>
   <si>
     <t>GBC INFRASTRUCTURE PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Additional Work for Installation of SCADA System in connection with Augmentation of Surface Water Based Piped Water Supply Scheme for Northern Sector Part-II in Nakashipara Block of Nadia District under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000141/2025-2026</t>
   </si>
   <si>
     <t>3447/ND</t>
   </si>
   <si>
     <t>23/07/2025</t>
   </si>
   <si>
-    <t>20/11/2025</t>
+    <t>20/03/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>