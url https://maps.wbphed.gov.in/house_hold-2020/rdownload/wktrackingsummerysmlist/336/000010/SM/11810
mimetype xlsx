--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -887,54 +887,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>0.84</v>
       </c>
       <c r="Q3" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>92.81</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -946,54 +946,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P4" s="4">
         <v>4.04</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.04</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1005,54 +1005,54 @@
         <v>35</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P5" s="4">
         <v>4.91</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.75</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>96.63</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1123,54 +1123,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>96.97</v>
       </c>
       <c r="Q7" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1243,54 +1243,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P9" s="4">
         <v>35.83</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.88</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>83.39</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>65</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1422,54 +1422,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>672.01</v>
       </c>
       <c r="Q12" s="4">
-        <v>326.05</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>48.52</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>25</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1639,54 +1639,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>94</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>2041.78</v>
       </c>
       <c r="P16" s="8">
-        <v>368.29</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>18.04</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>