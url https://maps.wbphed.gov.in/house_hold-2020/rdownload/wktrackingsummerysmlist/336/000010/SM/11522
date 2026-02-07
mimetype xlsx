--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1967,54 +1967,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.57</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.57</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.7</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2026,54 +2026,54 @@
         <v>32</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>0.4</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.4</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -2085,54 +2085,54 @@
         <v>38</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>0.94</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>93.1</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -2144,54 +2144,54 @@
         <v>43</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>0.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2203,54 +2203,54 @@
         <v>49</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>0.5</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -2262,54 +2262,54 @@
         <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>0.23</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -2321,54 +2321,54 @@
         <v>57</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P9" s="4">
         <v>0.56</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>93.1</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2380,54 +2380,54 @@
         <v>60</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P10" s="4">
         <v>0.39</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -2439,54 +2439,54 @@
         <v>66</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P11" s="4">
         <v>0.92</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>95.74</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2498,54 +2498,54 @@
         <v>71</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P12" s="4">
         <v>0.92</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.88</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>95.74</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -5165,54 +5165,54 @@
         <v>205</v>
       </c>
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13"/>
       <c r="K59" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P59" s="4">
         <v>0.99</v>
       </c>
       <c r="Q59" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -5224,54 +5224,54 @@
         <v>209</v>
       </c>
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13"/>
       <c r="K60" s="4" t="s">
         <v>210</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>211</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P60" s="4">
         <v>0.46</v>
       </c>
       <c r="Q60" s="4">
-        <v>0.46</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -5283,54 +5283,54 @@
         <v>212</v>
       </c>
       <c r="I61" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J61" s="13"/>
       <c r="K61" s="4" t="s">
         <v>213</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>214</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P61" s="4">
         <v>0.99</v>
       </c>
       <c r="Q61" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -5342,54 +5342,54 @@
         <v>215</v>
       </c>
       <c r="I62" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J62" s="13"/>
       <c r="K62" s="4" t="s">
         <v>216</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>217</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>218</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P62" s="4">
         <v>2.73</v>
       </c>
       <c r="Q62" s="4">
-        <v>2.73</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -5401,54 +5401,54 @@
         <v>221</v>
       </c>
       <c r="I63" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J63" s="13"/>
       <c r="K63" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P63" s="4">
         <v>0.5</v>
       </c>
       <c r="Q63" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -5460,54 +5460,54 @@
         <v>225</v>
       </c>
       <c r="I64" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J64" s="13"/>
       <c r="K64" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P64" s="4">
         <v>0.5</v>
       </c>
       <c r="Q64" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -5519,54 +5519,54 @@
         <v>228</v>
       </c>
       <c r="I65" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J65" s="13"/>
       <c r="K65" s="4" t="s">
         <v>229</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>230</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P65" s="4">
         <v>0.23</v>
       </c>
       <c r="Q65" s="4">
-        <v>0.23</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -5578,54 +5578,54 @@
         <v>231</v>
       </c>
       <c r="I66" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J66" s="13"/>
       <c r="K66" s="4" t="s">
         <v>232</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>233</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P66" s="4">
         <v>0.92</v>
       </c>
       <c r="Q66" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -5637,54 +5637,54 @@
         <v>234</v>
       </c>
       <c r="I67" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J67" s="13"/>
       <c r="K67" s="4" t="s">
         <v>235</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>236</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>237</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>238</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P67" s="4">
         <v>0.8</v>
       </c>
       <c r="Q67" s="4">
-        <v>0.8</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -5755,54 +5755,54 @@
         <v>244</v>
       </c>
       <c r="I69" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J69" s="13"/>
       <c r="K69" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>247</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>248</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P69" s="4">
         <v>0.79</v>
       </c>
       <c r="Q69" s="4">
-        <v>1.31</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>166.7</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>0</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -5814,54 +5814,54 @@
         <v>249</v>
       </c>
       <c r="I70" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J70" s="13"/>
       <c r="K70" s="4" t="s">
         <v>250</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>251</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>219</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>252</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P70" s="4">
         <v>2.73</v>
       </c>
       <c r="Q70" s="4">
-        <v>2.68</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>98.29</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>0</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5873,54 +5873,54 @@
         <v>253</v>
       </c>
       <c r="I71" s="13"/>
       <c r="J71" s="13" t="s">
         <v>254</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>255</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>256</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P71" s="4">
         <v>0.23</v>
       </c>
       <c r="Q71" s="4">
-        <v>0.15</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>70</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5932,54 +5932,54 @@
         <v>259</v>
       </c>
       <c r="I72" s="13"/>
       <c r="J72" s="13" t="s">
         <v>254</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>260</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>261</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P72" s="4">
         <v>0.5</v>
       </c>
       <c r="Q72" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>70</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5991,54 +5991,54 @@
         <v>262</v>
       </c>
       <c r="I73" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J73" s="13"/>
       <c r="K73" s="4" t="s">
         <v>263</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>264</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>265</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>266</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P73" s="4">
         <v>2.73</v>
       </c>
       <c r="Q73" s="4">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>50</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -6050,54 +6050,54 @@
         <v>267</v>
       </c>
       <c r="I74" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J74" s="13"/>
       <c r="K74" s="4" t="s">
         <v>268</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>269</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>270</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>271</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P74" s="4">
         <v>0.92</v>
       </c>
       <c r="Q74" s="4">
-        <v>0.92</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -6109,54 +6109,54 @@
         <v>272</v>
       </c>
       <c r="I75" s="13"/>
       <c r="J75" s="13" t="s">
         <v>254</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>273</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>274</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>257</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>258</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P75" s="4">
         <v>0.5</v>
       </c>
       <c r="Q75" s="4">
-        <v>0.33</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>66.67</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>70</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -6168,54 +6168,54 @@
         <v>275</v>
       </c>
       <c r="I76" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J76" s="13"/>
       <c r="K76" s="4" t="s">
         <v>276</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>277</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>278</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>279</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P76" s="4">
         <v>16.94</v>
       </c>
       <c r="Q76" s="4">
-        <v>16.67</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>98.39</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>100</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -9496,54 +9496,54 @@
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="7" t="s">
         <v>454</v>
       </c>
       <c r="B135" s="7"/>
       <c r="C135" s="7"/>
       <c r="D135" s="7"/>
       <c r="E135" s="11"/>
       <c r="F135" s="7"/>
       <c r="G135" s="7"/>
       <c r="H135" s="14"/>
       <c r="I135" s="14"/>
       <c r="J135" s="14"/>
       <c r="K135" s="8"/>
       <c r="L135" s="8"/>
       <c r="M135" s="8"/>
       <c r="N135" s="8"/>
       <c r="O135" s="8">
         <v>74.93</v>
       </c>
       <c r="P135" s="8">
-        <v>37.76</v>
+        <v>0</v>
       </c>
       <c r="Q135" s="8">
-        <v>50.4</v>
+        <v>0</v>
       </c>
       <c r="R135" s="8"/>
       <c r="S135" s="8"/>
       <c r="T135" s="1"/>
       <c r="U135" s="1"/>
       <c r="V135" s="1"/>
       <c r="W135" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A135:N135"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>