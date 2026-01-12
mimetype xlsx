--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -264,68 +264,50 @@
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Rising main with Inter-Connection in between Tube wells including specials and valves, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (Schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc., Construction of 400 cum capacity 20 mtr. staging height RCC Over Head Reservoir (including pile Foundation), pipe connection and cost of pipes, specials and Soil investigation all complete for Augmentation of Ground Based Water Supply Scheme at Palashipara to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000202/2022-2023</t>
   </si>
   <si>
     <t>4412 /ND</t>
   </si>
   <si>
     <t>14/10/2022</t>
   </si>
   <si>
     <t>01/02/2025</t>
   </si>
   <si>
     <t>GHOSH ENTERPRISE, B-2/183, KALYANI. P.O.&amp; P.S. KALYANI, DIST.NADIA, PIN-741235,W.B</t>
-  </si>
-[...16 lines deleted...]
-    <t>ROY CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 120 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Palshipara to accommodate FHTC within Tehatta-II block under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000092/2024-2025</t>
   </si>
   <si>
     <t>4228/ND</t>
   </si>
   <si>
     <t>02/08/2024</t>
   </si>
   <si>
     <t>29/01/2025</t>
   </si>
   <si>
     <t>B.M. ENGINEERING &amp; CONSTRUCTION</t>
   </si>
   <si>
     <t>Continuation for Installation of Har Ghar Jal (HGJ) Display Board at different Villages under various PWSS under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000296/2025-2026</t>
   </si>
@@ -750,51 +732,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="97.833252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1534,241 +1516,180 @@
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="J14" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
-        <v>11.29</v>
+        <v>296.87</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>90</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
-        <v>296.87</v>
+        <v>96.97</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="3">
-[...18 lines deleted...]
-      <c r="H16" s="13" t="s">
+      <c r="A16" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="I16" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>1172.39</v>
+      </c>
+      <c r="P16" s="8">
+        <v>514.82</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>43.91</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>