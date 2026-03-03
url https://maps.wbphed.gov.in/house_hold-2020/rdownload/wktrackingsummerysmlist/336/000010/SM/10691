--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -950,54 +950,54 @@
         <v>29</v>
       </c>
       <c r="I4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>0.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.66</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1182,54 +1182,54 @@
       <c r="I8" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>90.14</v>
       </c>
       <c r="Q8" s="4">
-        <v>34.7</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>38.49</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>15</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1477,54 +1477,54 @@
       <c r="I13" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>514.08</v>
       </c>
       <c r="Q13" s="4">
-        <v>479.49</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>93.27</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>95</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1629,54 +1629,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1172.39</v>
       </c>
       <c r="P16" s="8">
-        <v>514.82</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>43.91</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>