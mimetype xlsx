--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -248,51 +248,51 @@
   <si>
     <t>BP-165-24-25</t>
   </si>
   <si>
     <t>25/11/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.LTD (KRISHNAGANJ C.C.C)</t>
   </si>
   <si>
     <t>Augmentation of Ground Based Water Supply Scheme at GEDE to accommodate FHTC within Krishnaganj Block under Krishnagar Sub-Division under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 4</t>
   </si>
   <si>
     <t>ORD/000157/2023-2024</t>
   </si>
   <si>
     <t>3221/ND</t>
   </si>
   <si>
     <t>26/07/2023</t>
   </si>
   <si>
-    <t>04/08/2025</t>
+    <t>02/11/2025</t>
   </si>
   <si>
     <t>A.P. POWER &amp; CONCRETE</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under Gede ground water based water supply scheme under Block_ Krishnaganj Dist. - Nadia under EMD, PHE Dte. SM/10573</t>
   </si>
   <si>
     <t>ORD/000180/2025-2026</t>
   </si>
   <si>
     <t>1117/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>KUNDU ELECTRICAL ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>