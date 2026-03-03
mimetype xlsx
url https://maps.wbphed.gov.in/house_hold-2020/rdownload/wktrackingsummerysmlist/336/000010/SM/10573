--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -863,54 +863,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>2.48</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.39</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>96.33</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1038,54 +1038,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>96.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1158,54 +1158,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>18.88</v>
       </c>
       <c r="Q8" s="4">
-        <v>15.08</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>79.86</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1426,54 +1426,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>377.14</v>
       </c>
       <c r="P13" s="8">
-        <v>20.27</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>5.37</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>