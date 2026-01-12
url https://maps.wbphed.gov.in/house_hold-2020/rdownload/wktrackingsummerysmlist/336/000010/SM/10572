--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -173,108 +173,108 @@
   <si>
     <t>MERCURY ENGINEERING COMPANY</t>
   </si>
   <si>
     <t>Repair &amp; Renovation of Pump House, Boundary wall and allied works at 1st and 2nd Pump House at Maidanpur Water Supply Scheme within Chapra block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000500/2023-2024</t>
   </si>
   <si>
     <t>157/ND</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
     <t>09/03/2024</t>
   </si>
   <si>
     <t>M/S S.K. ENTERPRISE</t>
   </si>
   <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer, Automatic Chlorinator etc Augmentation to Accommodate FHTC under KARIMPUR JALANGI(Z-8) W/S Scheme, Block- Karimpur II, PALSONDHA W/S Scheme, Block- Tehatta II, &amp; MAIDANPUR W/S Scheme, Block- Chapra, Dist. - Nadia. NIET No.- 33 of EE/EMD of 2022-23 (Sl. No.- 06)</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/001923/2022-2023</t>
+  </si>
+  <si>
+    <t>1179/EMD</t>
+  </si>
+  <si>
+    <t>21/03/2023</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>CREATIVE WATER &amp; PROCESS TECHNOLOGIES PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Laying of dedicated pipeline for Pipragachhi and part of Elangi Mouza for augmentation of Elangi Water Supply Scheme in Chapra Block, Nadia under Nadia Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000010/2025-2026</t>
+  </si>
+  <si>
+    <t>1773/ND</t>
+  </si>
+  <si>
+    <t>21/04/2025</t>
+  </si>
+  <si>
+    <t>18/10/2025</t>
+  </si>
+  <si>
+    <t>TULIP ENGINEER'S CO-OP SOCIETY LTD</t>
+  </si>
+  <si>
     <t>Laying distribution system [LDS] for providing Functional Household Tap Connection (FHTC), Rising main with Inter-Connection in between Tube wells including specials and valves, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, 10 mm gun metal ferrule, saddle piece etc. all complete, Construction of 300 cum capacity 20 Mtr. staging height RCC Over Head Reservoir (including pile foundation), pipe connection and cost of pipes, specials and Soil Investigation for Construction of One No. 300 Cum OHR of Staging Height 20 Mtr. by Augmentation for Maidanpur Piped Water Supply Scheme within Chapra Block under Krishnagar Sub Divn. under Nadia Divn. PHE Dte. in the District of Nadia.</t>
   </si>
   <si>
     <t>ORD/000390/2022-2023</t>
   </si>
   <si>
     <t>479/ND</t>
   </si>
   <si>
     <t>02/02/2023</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>JOY HIND TUBEWELL'S</t>
-  </si>
-[...40 lines deleted...]
-    <t>TULIP ENGINEER'S CO-OP SOCIETY LTD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1080,157 +1080,157 @@
         <v>18.07</v>
       </c>
       <c r="Q7" s="4">
         <v>16.13</v>
       </c>
       <c r="R7" s="4">
         <v>89.25</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K8" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="P8" s="4">
-        <v>332.37</v>
+        <v>77.9</v>
       </c>
       <c r="Q8" s="4">
-        <v>188.33</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>56.66</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
-        <v>77.9</v>
+        <v>86.27</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
-        <v>85</v>
+        <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
@@ -1238,60 +1238,60 @@
       <c r="H10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
-        <v>86.27</v>
+        <v>332.37</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>188.33</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>56.66</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>727.79</v>