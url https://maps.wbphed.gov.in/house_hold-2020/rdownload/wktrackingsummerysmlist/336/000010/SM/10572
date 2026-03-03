--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -137,69 +137,69 @@
   <si>
     <t>RTOR000155/2022-2023</t>
   </si>
   <si>
     <t>127/ND</t>
   </si>
   <si>
     <t>05/01/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000080/2023-2024</t>
   </si>
   <si>
     <t>2320/ND</t>
   </si>
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of capacity 50 m3/hr at Maidanpur Water Supply Scheme within Chapra Block under Krishnagar Sub-Divn. under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer 2</t>
+  </si>
+  <si>
     <t>ORD/000777/2023-2024</t>
   </si>
   <si>
     <t>1893/ND</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>MERCURY ENGINEERING COMPANY</t>
   </si>
   <si>
     <t>Repair &amp; Renovation of Pump House, Boundary wall and allied works at 1st and 2nd Pump House at Maidanpur Water Supply Scheme within Chapra block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000500/2023-2024</t>
   </si>
   <si>
     <t>157/ND</t>
   </si>
   <si>
     <t>09/01/2024</t>
   </si>
   <si>
     <t>09/03/2024</t>
   </si>
   <si>
     <t>M/S S.K. ENTERPRISE</t>
   </si>
   <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer, Automatic Chlorinator etc Augmentation to Accommodate FHTC under KARIMPUR JALANGI(Z-8) W/S Scheme, Block- Karimpur II, PALSONDHA W/S Scheme, Block- Tehatta II, &amp; MAIDANPUR W/S Scheme, Block- Chapra, Dist. - Nadia. NIET No.- 33 of EE/EMD of 2022-23 (Sl. No.- 06)</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
@@ -824,54 +824,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>81.55</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>93</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -977,135 +977,137 @@
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="J6" s="13"/>
+      <c r="J6" s="13" t="s">
+        <v>41</v>
+      </c>
       <c r="K6" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>184.37</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>18.07</v>
       </c>
       <c r="Q7" s="4">
-        <v>16.13</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>89.25</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1159,51 +1161,51 @@
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P9" s="4">
         <v>86.27</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
@@ -1220,109 +1222,109 @@
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>332.37</v>
       </c>
       <c r="Q10" s="4">
-        <v>188.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>56.66</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>80</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>727.79</v>
       </c>
       <c r="P11" s="8">
-        <v>207.07</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>28.45</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>