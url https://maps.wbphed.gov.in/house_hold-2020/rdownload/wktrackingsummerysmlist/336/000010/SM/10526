--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -212,102 +212,84 @@
   <si>
     <t>30/07/2024</t>
   </si>
   <si>
     <t>26/01/2025</t>
   </si>
   <si>
     <t>MAHAVIR PUMPS MANUFACTURING PVT. LTD.</t>
   </si>
   <si>
     <t>Reimbursement of additional GST due to enhancement of rate from 12% to 18% vide notification no 03/2022-central tax rate dt 13.07.2022 for the work of Laying Of Distribution System Including Specials, Valves &amp; Pipe Carrying Structure All Complete, Proposed Augmentation Of Rising Main System, Providing FHTC Including Supplying, Laying, Fitting, Fixing Of 15mm NB PVC (Schedule 80)/20mm OD HDPE (PE 100, PN16) Pipe With All Necessary Specials, Saddle Piece Etc., Construction Of 500 Cum Capacity 20 Mtr. Staging Height Rcc Over Head Reservoir (Excluding Pile Foundation), Pipe Connection And Cost Of Pipes, Specials And Soil Investigation All Complete For Augmentation Of Ground Based Water Supply Scheme At Karimpur Jalangi Zone-IV To Accommodate FHTC Under Tehatta Sub-Divn Under Nadia Divn, PHE Dte."</t>
   </si>
   <si>
     <t>BILL/00219/2024-2025</t>
   </si>
   <si>
     <t>152/PFMS</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
     <t>UMWELT ENGINEER PVT LTD</t>
   </si>
   <si>
-    <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc., construction of 500 cum capacity 20 mtr. Staging height rcc over head reservoir(excluding pile foundation), pipe connection and cost of pipes,specials and soil investigation all complete for Augmentation of Ground Based Water Supply Scheme at Karimpur Jalangi Zone-IV to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
+    <t>Repairing and renovation works of Pump House and allied works of ground based piped water supply scheme for Karimpur Jalangi Zone-IV water supply scheme under Tehatta Sub Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 2</t>
   </si>
   <si>
-    <t>ORD/000150/2022-2023</t>
-[...16 lines deleted...]
-  <si>
     <t>ORD/000654/2024-2025</t>
   </si>
   <si>
     <t>7409/ND</t>
   </si>
   <si>
     <t>19/12/2024</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>BISHAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Laying of additional pipeline for Hazrakhali, Fulkhali, Betbaria, Marttajapur, Mollahad, Chaugachha, Haripur &amp; Arabpur mouzas under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000831/2024-2025</t>
   </si>
   <si>
     <t>246/ND</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
-    <t>11/10/2025</t>
+    <t>09/01/2026</t>
   </si>
   <si>
     <t>JOY HIND TUBEWELL'S</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -699,51 +681,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1323,60 +1305,60 @@
       <c r="H11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
-        <v>561.44</v>
+        <v>13.72</v>
       </c>
       <c r="Q11" s="4">
-        <v>509.76</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>90.79</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
@@ -1384,165 +1366,104 @@
       <c r="H12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
-        <v>13.72</v>
+        <v>153.86</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...18 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>554.51</v>
+      </c>
+      <c r="P13" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>0</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>