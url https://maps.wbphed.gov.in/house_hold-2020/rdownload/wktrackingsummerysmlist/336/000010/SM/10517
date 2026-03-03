--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -209,51 +209,51 @@
   <si>
     <t>ORD/000120/2024-2025</t>
   </si>
   <si>
     <t>4532/ND</t>
   </si>
   <si>
     <t>20/08/2024</t>
   </si>
   <si>
     <t>16/02/2025</t>
   </si>
   <si>
     <t>Laying of additional pipeline for Hazrakhali, Fulkhali, Betbaria, Marttajapur, Mollahad, Chaugachha, Haripur &amp; Arabpur mouzas under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000831/2024-2025</t>
   </si>
   <si>
     <t>246/ND</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
-    <t>11/10/2025</t>
+    <t>09/01/2026</t>
   </si>
   <si>
     <t>JOY HIND TUBEWELL'S</t>
   </si>
   <si>
     <t>Laying of additional pipeline for providing balance FHTC and inerease functionality in Baro Jangal, Majlishpur, Basotipara Villages under Karimpur-I Block under Tehatta Sub-Division under Nadia Division, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer Karimpur- II Block</t>
   </si>
   <si>
     <t>ORD/000329/2025-2026</t>
   </si>
   <si>
     <t>.4686/4533/P-3/ND</t>
   </si>
   <si>
     <t>09/10/2025</t>
   </si>
   <si>
     <t>07/01/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -940,54 +940,54 @@
       <c r="I5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>70.97</v>
       </c>
       <c r="Q5" s="4">
-        <v>7.19</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>10.14</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>12</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1058,54 +1058,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>129.72</v>
       </c>
       <c r="Q7" s="4">
-        <v>123.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.28</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>98</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1247,82 +1247,82 @@
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>79.19</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>498.61</v>
       </c>
       <c r="P11" s="8">
-        <v>130.79</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>26.23</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>