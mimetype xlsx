--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -179,153 +179,153 @@
   <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Replacement Tube Well in connection to Accommodate FHTC at Pump House No.-I , II under Purba Khamar Simulia ground water based water supply scheme under Block_ Hanskhali Dist. - Nadia under EMD, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000016/2024-2025</t>
   </si>
   <si>
     <t>1308/EMD</t>
   </si>
   <si>
     <t>09/05/2024</t>
   </si>
   <si>
     <t>08/06/2024</t>
   </si>
   <si>
     <t>SHIVAM ENTERPRISE</t>
   </si>
   <si>
+    <t>Supplying and laying of distribution system including providing Functional Household Tap Connection (FHTC) for Augmentation of Purbakhamar Simulia Piped Water Supply Scheme under Ranaghat Sub-Division, under Nadia Division, PHE Dte..</t>
+  </si>
+  <si>
+    <t>Junior Engineer 1</t>
+  </si>
+  <si>
+    <t>ORD/000417/2023-2024</t>
+  </si>
+  <si>
+    <t>5224/ND</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>B.M. ENGINEERING &amp; CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Repairing of PH-II and Construction of Sanitary arrangement under augmentation of Purba Khamarsimulia under Ranaghat Sub-Division under Nadia Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000391/2024-2025</t>
+  </si>
+  <si>
+    <t>1427/RSD</t>
+  </si>
+  <si>
+    <t>19/11/2024</t>
+  </si>
+  <si>
+    <t>03/01/2025</t>
+  </si>
+  <si>
+    <t>MANARAMA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, delivery, installation Commissioning of Electro Mechanical Equipments and allied works at PURBA KHAMAR SIMULIA W/S Scheme Block- Hanskhali under Eastern Mechanical Division, P.H.E, Dte. Dist. Nadia. [SM/10422]</t>
+  </si>
+  <si>
+    <t>ORD/000146/2025-2026</t>
+  </si>
+  <si>
+    <t>1147/EMD</t>
+  </si>
+  <si>
+    <t>04/06/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>M.S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supplying and laying of distribution and rising main for Augmentation of Ground water based water supply scheme of Purba Khamarsimulia under Hanskhali Block under Ranaghat Sub-Division under Nadia Division P.H.Engineering Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000099/2025-2026</t>
+  </si>
+  <si>
+    <t>2264/ND</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>Continuation for Installation of Har Ghar Jal (HGJ) Display Board at different Villages under various PWSS under Nadia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000296/2025-2026</t>
+  </si>
+  <si>
+    <t>3785/ND</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>11/10/2025</t>
+  </si>
+  <si>
+    <t>IMAGIN</t>
+  </si>
+  <si>
     <t>Providing functional household tap connection including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete by augmentation of Purba Khamarsimulia Water Supply scheme Hanskhali block in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer 1</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000099/2022-2023</t>
   </si>
   <si>
     <t>3404/ND</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>25/07/2024</t>
-  </si>
-[...85 lines deleted...]
-    <t>IMAGIN</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1222,232 +1222,230 @@
       <c r="H9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
-        <v>330.45</v>
+        <v>215.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>252.33</v>
+        <v>134.98</v>
       </c>
       <c r="R9" s="4">
-        <v>76.36</v>
+        <v>62.71</v>
       </c>
       <c r="S9" s="4">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="P10" s="4">
-        <v>215.24</v>
+        <v>2.15</v>
       </c>
       <c r="Q10" s="4">
-        <v>134.98</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>62.71</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J11" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P11" s="4">
-        <v>2.15</v>
+        <v>51.04</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>78</v>
+        <v>61</v>
       </c>
       <c r="P12" s="4">
-        <v>51.04</v>
+        <v>75.28</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
@@ -1459,122 +1457,124 @@
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>61</v>
+        <v>84</v>
       </c>
       <c r="P13" s="4">
-        <v>75.28</v>
+        <v>96.97</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="J14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>56</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="P14" s="4">
-        <v>96.97</v>
+        <v>330.45</v>
       </c>
       <c r="Q14" s="4">
-        <v>0</v>
+        <v>252.33</v>
       </c>
       <c r="R14" s="4">
-        <v>0</v>
+        <v>76.36</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>925.42</v>