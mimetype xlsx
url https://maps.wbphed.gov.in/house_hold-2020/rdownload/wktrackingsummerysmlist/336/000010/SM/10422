--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1164,54 +1164,54 @@
       <c r="I8" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>23.6</v>
       </c>
       <c r="Q8" s="4">
-        <v>21.7</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>91.91</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1225,54 +1225,54 @@
       <c r="I9" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>215.24</v>
       </c>
       <c r="Q9" s="4">
-        <v>134.98</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>62.71</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>75</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1524,88 +1524,88 @@
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P14" s="4">
         <v>330.45</v>
       </c>
       <c r="Q14" s="4">
-        <v>252.33</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>76.36</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>92</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>925.42</v>
       </c>
       <c r="P15" s="8">
-        <v>409.01</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>44.2</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>