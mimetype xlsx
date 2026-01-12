--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -176,51 +176,51 @@
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>TARUN KUMAR BHATTACHARYA</t>
   </si>
   <si>
     <t>Repairing and renovation of Elevated Reservoir , Pump House ,boundary wall of ground based piped water supply scheme for Karimpur Jalangi Zone-VII water supply scheme under Tehatta Sub Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000372/2024-2025</t>
   </si>
   <si>
     <t>7058/ND</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
-    <t>29/11/2025</t>
+    <t>27/02/2026</t>
   </si>
   <si>
     <t>TULIP ENGINEER'S CO-OP SOCIETY LTD</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme (Phase- II) at Karimpur Jalangi Zone-VIPart-A &amp; B W/S to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000229/2025-2026</t>
   </si>
   <si>
     <t>2035/ND</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>28/07/2025</t>
   </si>
   <si>
     <t>BALAJI UDDYOG</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme at Karimpur Jalangi Zone-VII to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>