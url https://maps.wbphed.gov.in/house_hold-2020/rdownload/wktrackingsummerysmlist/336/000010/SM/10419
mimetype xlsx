--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1220,88 +1220,88 @@
       <c r="I10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P10" s="4">
         <v>326.43</v>
       </c>
       <c r="Q10" s="4">
-        <v>278.26</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>85.24</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>98</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>535.71</v>
       </c>
       <c r="P11" s="8">
-        <v>278.26</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>51.94</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>