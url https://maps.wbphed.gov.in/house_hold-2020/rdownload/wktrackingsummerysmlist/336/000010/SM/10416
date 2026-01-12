--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -236,81 +236,66 @@
   <si>
     <t>BILL/05673/2023-2024</t>
   </si>
   <si>
     <t>BP-377-23-24</t>
   </si>
   <si>
     <t>Supplying, Laying, Fitting &amp; Fixing of Distribution System including all type of specials, valves,pipes all complete, Augmentation of Rising Main, Providing FHTC including Supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, 10 mm gun metal ferrule, saddle piece etc. all complete, Construction of 4.88 mtr. x 3.66 mtr. Size pump house including Sanitary Arrangement at H/W Site and 2nd Tube Well Site, Construction of OHR of 300 Cum capacity, Soil investigation for construction of OHR of 300 Cum capacity, Construction Of Boundary Wall At HW Site, Construction Of Boundary Wall At 2nd Tube Well Site And Construction Of Service Road At 2nd Tube Well Site for Natna Zone-II to accommodate FHTC in Tehatta-I Block of Nadia District under Nadia Division,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000203/2023-2024</t>
   </si>
   <si>
     <t>3538/ND</t>
   </si>
   <si>
     <t>11/08/2023</t>
   </si>
   <si>
     <t>28/08/2025</t>
   </si>
   <si>
     <t>JOY HIND TUBEWELL'S, BELEDANGA GHOSHPARA 2ND LANE, P.O. KRISHNAGAR, DIST. NADIA. PIN-741101.</t>
   </si>
   <si>
-    <t>Laying additional pipe line for distribution system and rising main for Nathna Zone-II PWSS under augmentation of Nathna Zone-II PWSS (Phase-II) under Nadia Division PHE Dte.</t>
-[...11 lines deleted...]
-    <t>29/08/2025</t>
+    <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of capacity 53 m3/hr at Nathna Zone-II Water Supply Scheme within Tehatta-I Block under Nadia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000341/2024-2025</t>
+  </si>
+  <si>
+    <t>7106/ND</t>
+  </si>
+  <si>
+    <t>06/12/2024</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
   </si>
   <si>
     <t>JOY HIND TUBEWELL'S</t>
-  </si>
-[...13 lines deleted...]
-    <t>01/12/2025</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under Nathna ground water based water supply scheme under Block_ Tehatta-I Dist. - Nadia under EMD, PHE Dte. SM/10416</t>
   </si>
   <si>
     <t>ORD/000188/2025-2026</t>
   </si>
   <si>
     <t>1126/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>DITHI ENTERPRISE</t>
   </si>
   <si>
     <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer, Automatic Chlorinator etc Augmentation to Accomodate FHTC under MADHPUR W/S Scheme, Block- Karimpur-I AND NATNA W/S Scheme, Block- Tehatta-I, Dist. - Nadia. NIET No.- 28 of EE/EMD of 2022-23 (Sl. No.- 03)</t>
   </si>
   <si>
     <t>ORD/001009/2022-2023</t>
   </si>
@@ -735,51 +720,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="109.544678" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1422,285 +1407,224 @@
       <c r="H12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
-        <v>100.01</v>
+        <v>185.75</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="J13" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J13" s="13"/>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="P13" s="4">
-        <v>185.75</v>
+        <v>16.89</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="J14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>47</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="P14" s="4">
-        <v>16.89</v>
+        <v>56.7</v>
       </c>
       <c r="Q14" s="4">
-        <v>0</v>
+        <v>24.72</v>
       </c>
       <c r="R14" s="4">
-        <v>0</v>
+        <v>43.59</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="3">
-[...27 lines deleted...]
-      <c r="K15" s="4" t="s">
+      <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="L15" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="14"/>
+      <c r="I15" s="14"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="8"/>
+      <c r="L15" s="8"/>
+      <c r="M15" s="8"/>
+      <c r="N15" s="8"/>
+      <c r="O15" s="8">
+        <v>1012</v>
+      </c>
+      <c r="P15" s="8">
+        <v>279.18</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>27.59</v>
+      </c>
+      <c r="R15" s="8"/>
+      <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
-    <row r="16" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>