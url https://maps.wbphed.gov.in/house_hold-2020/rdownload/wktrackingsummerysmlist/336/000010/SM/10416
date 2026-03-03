--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1054,54 +1054,54 @@
       <c r="I6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>96.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.8</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>2.89</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>40</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1115,54 +1115,54 @@
       <c r="I7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>37.16</v>
       </c>
       <c r="Q7" s="4">
-        <v>30.75</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>82.75</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>50</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1174,54 +1174,54 @@
         <v>53</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>4.85</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1349,54 +1349,54 @@
       <c r="I11" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P11" s="4">
         <v>560.77</v>
       </c>
       <c r="Q11" s="4">
-        <v>216.06</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>38.53</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>55</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1530,88 +1530,88 @@
       <c r="I14" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
         <v>56.7</v>
       </c>
       <c r="Q14" s="4">
-        <v>24.72</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>43.59</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>30</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1012</v>
       </c>
       <c r="P15" s="8">
-        <v>279.18</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>27.59</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>