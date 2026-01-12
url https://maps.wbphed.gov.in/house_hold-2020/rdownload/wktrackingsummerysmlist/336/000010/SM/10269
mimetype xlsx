--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -326,81 +326,81 @@
   <si>
     <t>4315/ND</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Construction Of Pump House (5.4m X 3.6m) Including Sanitary Arrangement and construction of Boundary wall at Head Work Site of Bareya Zone-II Water Supply Scheme Under Tehatta Sub-Division PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000072/2024-2025</t>
   </si>
   <si>
     <t>4076/ND</t>
   </si>
   <si>
     <t>26/07/2024</t>
   </si>
   <si>
-    <t>22/01/2025</t>
+    <t>21/07/2025</t>
   </si>
   <si>
     <t>MANAJIT BISWAS</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme (Phase- II) at Bareya Zone-I to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000074/2024-2025</t>
   </si>
   <si>
     <t>4077/ND</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>SANJIB DEY</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme at Bareya Zone-II to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000075/2024-2025</t>
   </si>
   <si>
     <t>4074/ND</t>
   </si>
   <si>
-    <t>19/10/2025</t>
+    <t>17/01/2026</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under BARAIA ground water based water supply scheme under Block_ Tehatta-II Dist. - Nadia under EMD, PHE Dte. SM/10269</t>
   </si>
   <si>
     <t>ORD/000181/2025-2026</t>
   </si>
   <si>
     <t>1118/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>GHOSH AND GHOSH</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 42 cum/Hour capacity for Augmentation of Ground Based Water Supply Scheme at Bareya Zone-II to accommodate FHTC within Tehatta-II block under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000849/2024-2025</t>
   </si>