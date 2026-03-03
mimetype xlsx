--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1136,54 +1136,54 @@
         <v>31</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P5" s="4">
         <v>0.7</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.76</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1193,54 +1193,54 @@
       </c>
       <c r="H6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P6" s="4">
         <v>22.18</v>
       </c>
       <c r="Q6" s="4">
-        <v>21.91</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>98.8</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>55</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -2147,88 +2147,88 @@
       <c r="I22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P22" s="4">
         <v>196.39</v>
       </c>
       <c r="Q22" s="4">
-        <v>189.23</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>96.35</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>139</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>1115.76</v>
       </c>
       <c r="P23" s="8">
-        <v>211.84</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>18.99</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>