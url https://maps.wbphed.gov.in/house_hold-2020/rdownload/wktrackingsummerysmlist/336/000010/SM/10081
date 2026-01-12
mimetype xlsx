--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -233,81 +233,66 @@
   <si>
     <t>K.K. MARKETING</t>
   </si>
   <si>
     <t>Renovation of AIRP (Gravity Type) of capacity 31.44 Cu.m/hr and Construction of Backwash chamber for AIRP at Head Work Site at Madhpur PWSS under Nadia Division PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000546/2022-2023</t>
   </si>
   <si>
     <t>1456/ND</t>
   </si>
   <si>
     <t>31/03/2023</t>
   </si>
   <si>
     <t>29/06/2023</t>
   </si>
   <si>
     <t>APURBA MANDAL</t>
   </si>
   <si>
-    <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete for Augmentation of Ground Based Water Supply Scheme at Madhpur to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
-[...11 lines deleted...]
-    <t>27/10/2022</t>
+    <t>Laying of additional pipeline for Madhpur PWSS".under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000076/2024-2025</t>
+  </si>
+  <si>
+    <t>4078/ND</t>
+  </si>
+  <si>
+    <t>26/07/2024</t>
+  </si>
+  <si>
+    <t>21/07/2025</t>
   </si>
   <si>
     <t>SUBHASIS MAJUMDER</t>
-  </si>
-[...13 lines deleted...]
-    <t>21/07/2025</t>
   </si>
   <si>
     <t>Repairing and renovation of Elevated Reservoir , Pump House and allied works of ground basaed piped water supply scheme for Madhpur water supply scheme under Tehatta Sub Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000480/2024-2025</t>
   </si>
   <si>
     <t>7266/ND</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>08/12/2025</t>
   </si>
   <si>
     <t>SUMAN CHAKRABORTY</t>
   </si>
   <si>
     <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer, Automatic Chlorinator etc Augmentation to Accomodate FHTC under MADHPUR W/S Scheme, Block- Karimpur-I AND NATNA W/S Scheme, Block- Tehatta-I, Dist. - Nadia. NIET No.- 28 of EE/EMD of 2022-23 (Sl. No.- 03)</t>
   </si>
   <si>
     <t>ORD/001009/2022-2023</t>
   </si>
@@ -732,51 +717,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="65.983887" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1476,287 +1461,226 @@
       <c r="H13" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P13" s="4">
-        <v>69.32</v>
+        <v>16.52</v>
       </c>
       <c r="Q13" s="4">
-        <v>46.57</v>
+        <v>6.34</v>
       </c>
       <c r="R13" s="4">
-        <v>67.18</v>
+        <v>38.41</v>
       </c>
       <c r="S13" s="4">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>79</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="P14" s="4">
-        <v>16.52</v>
+        <v>29.68</v>
       </c>
       <c r="Q14" s="4">
-        <v>6.34</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>38.41</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="P15" s="4">
-        <v>29.68</v>
+        <v>56.7</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>17.64</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="3">
-[...27 lines deleted...]
-      <c r="K16" s="4" t="s">
+      <c r="A16" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="L16" s="4" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>191.58</v>
+      </c>
+      <c r="P16" s="8">
+        <v>16.34</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>8.53</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>