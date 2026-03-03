--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1464,54 +1464,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>67</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P13" s="4">
         <v>16.52</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.34</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>38.41</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>40</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>36</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1586,88 +1586,88 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>88</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P15" s="4">
         <v>56.7</v>
       </c>
       <c r="Q15" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>17.64</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>30</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>191.58</v>
       </c>
       <c r="P16" s="8">
-        <v>16.34</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>