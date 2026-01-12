--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -225,68 +225,50 @@
     <t>16/02/2025</t>
   </si>
   <si>
     <t>CONSTRUCTURE</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete, Construction of 150 Cum Capacity 20 Mtr. Staging Height RCC Over Head Reservoir (Including Pile Foundation), Pipe Connection and Cost of Pipes, Specials and Soil Investigation for Augmentation of Ground Based Water Supply Scheme at Kulgachi to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000387/2022-2023</t>
   </si>
   <si>
     <t>477/ND</t>
   </si>
   <si>
     <t>02/02/2023</t>
   </si>
   <si>
     <t>02/02/2024</t>
   </si>
   <si>
     <t>A P POWER AND CONCRETE, 5D,HEMCHANDRA NASKAR ROAD, KOLKATA-700010</t>
-  </si>
-[...16 lines deleted...]
-    <t>A.P. POWER &amp; CONCRETE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -675,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W12"/>
+  <dimension ref="A1:W11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="77.695313" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1261,148 +1243,87 @@
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>138.28</v>
       </c>
       <c r="Q10" s="4">
         <v>42.88</v>
       </c>
       <c r="R10" s="4">
         <v>31.01</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
-      <c r="A11" s="3">
-[...18 lines deleted...]
-      <c r="H11" s="13" t="s">
+      <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="14"/>
+      <c r="I11" s="14"/>
+      <c r="J11" s="14"/>
+      <c r="K11" s="8"/>
+      <c r="L11" s="8"/>
+      <c r="M11" s="8"/>
+      <c r="N11" s="8"/>
+      <c r="O11" s="8">
+        <v>323.64</v>
+      </c>
+      <c r="P11" s="8">
+        <v>42.88</v>
+      </c>
+      <c r="Q11" s="8">
+        <v>13.25</v>
+      </c>
+      <c r="R11" s="8"/>
+      <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
-    <row r="12" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A12:N12"/>
+    <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>