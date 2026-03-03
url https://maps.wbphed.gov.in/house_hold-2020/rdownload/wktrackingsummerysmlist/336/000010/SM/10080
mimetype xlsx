--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1229,88 +1229,88 @@
       <c r="I10" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
         <v>138.28</v>
       </c>
       <c r="Q10" s="4">
-        <v>42.88</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>31.01</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>323.64</v>
       </c>
       <c r="P11" s="8">
-        <v>42.88</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>13.25</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>