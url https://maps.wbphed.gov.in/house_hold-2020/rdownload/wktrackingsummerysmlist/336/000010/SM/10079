--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -1117,54 +1117,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P8" s="4">
         <v>87.75</v>
       </c>
       <c r="Q8" s="4">
-        <v>44.39</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>50.59</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>68</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1178,54 +1178,54 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P9" s="4">
         <v>180.3</v>
       </c>
       <c r="Q9" s="4">
-        <v>176.2</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>97.73</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1300,54 +1300,54 @@
       <c r="I11" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P11" s="4">
         <v>32.47</v>
       </c>
       <c r="Q11" s="4">
-        <v>25.99</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>80.05</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1395,54 +1395,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>451.15</v>
       </c>
       <c r="P13" s="8">
-        <v>246.59</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>54.66</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>