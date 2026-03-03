--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -122,69 +122,69 @@
   <si>
     <t>RADIANT</t>
   </si>
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000085/2023-2024</t>
   </si>
   <si>
     <t>2287/ND</t>
   </si>
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>Laying additional pipe line for distribution system and rising main for Betai Zone-I and Narayanpur PWSS Under augmentetion of Betai Zone-I PWSS and Narayanpur PWSS under Tehatta Sub-Division under Nadia Division PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
+    <t>Junior Engineer 2</t>
+  </si>
+  <si>
     <t>ORD/000476/2024-2025</t>
   </si>
   <si>
     <t>7263/ND</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>M/S S.S ENTERPRISE</t>
   </si>
   <si>
     <t>Collection of Household data through mobile app for FHTC Connection at following schemes under Nadia Division PHE Dte.Schemes: i) Narayanpur ii) Palsunda iii) Dogachhi Zone-II iv)Dogachhi Zone-I</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer 2</t>
   </si>
   <si>
     <t>ORD/000067/2023-2024</t>
   </si>
   <si>
     <t>679/KlySD-I</t>
   </si>
   <si>
     <t>31/05/2023</t>
   </si>
   <si>
     <t>06/06/2023</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed Augmentation of Rising Main system, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete, Construction of 200 Cum Capacity 20 Mtr. height RCC Over Head Reservoir (Excluding Pile Foundation), Pipe Connection and Cost of Pipes, Specials and Soil Investigation for construction of one no. 200 Cum OHR of Staging Height 20 Mtr. for Augmentation of Ground Based Water Supply Scheme at Narayanpur to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000437/2022-2023</t>
   </si>
   <si>
     <t>966/ND</t>
   </si>
@@ -876,233 +876,235 @@
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J5" s="13"/>
+      <c r="J5" s="13" t="s">
+        <v>36</v>
+      </c>
       <c r="K5" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>99.98</v>
       </c>
       <c r="Q5" s="4">
         <v>0</v>
       </c>
       <c r="R5" s="4">
         <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="13" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P6" s="4">
         <v>4.79</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.79</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P7" s="4">
         <v>759.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>45.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>5.97</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>55</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>34.64</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
@@ -1113,54 +1115,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>59</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>923.49</v>
       </c>
       <c r="P9" s="8">
-        <v>50.19</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>5.43</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>