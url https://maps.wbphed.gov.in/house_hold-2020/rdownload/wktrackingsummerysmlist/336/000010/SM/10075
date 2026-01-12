--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -260,51 +260,51 @@
   <si>
     <t>4480/ND</t>
   </si>
   <si>
     <t>14/08/2024</t>
   </si>
   <si>
     <t>10/02/2025</t>
   </si>
   <si>
     <t>EFFLUENT &amp; WATER TREATMENT ENGINEERS (P) LTD</t>
   </si>
   <si>
     <t>Repairing and renovation of Elevated Reservoir , Pump House and allied works of ground based piped water supply scheme for Andherkota water supply scheme under Tehatta Sub Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000395/2024-2025</t>
   </si>
   <si>
     <t>7122/ND</t>
   </si>
   <si>
     <t>09/12/2024</t>
   </si>
   <si>
-    <t>04/12/2025</t>
+    <t>04/03/2026</t>
   </si>
   <si>
     <t>GHOSH CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>