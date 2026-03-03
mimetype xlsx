--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -179,84 +179,84 @@
   <si>
     <t>Supply, Delivery &amp; Installation of Submersible Pumping Machinery alongwith allied Electro-Mechanical works, Voltage Stabilizer, Automatic Chlorinator etc Augmentation to Accomodate FHTC under MAHISBATHAN W/S Scheme, Block- Karimpur-II &amp; ANDHARKOTA W/S Scheme, Block- Karimpur-I, Dist. - Nadia. NIET No.- 33 of EE/EMD of 2022-23 (Sl. No.- 01)</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/001928/2022-2023</t>
   </si>
   <si>
     <t>1200/EMD</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>21/04/2023</t>
   </si>
   <si>
     <t>KARTICK BAL</t>
   </si>
   <si>
     <t>Construction of Arsenic-cum-Iron Removal Plant (AIRP) of 47.81 cum/Hour capacity at existing headwork site for Augmentation of Ground Based Water Supply Scheme at Andharkota to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer 1</t>
+  </si>
+  <si>
     <t>ORD/000113/2024-2025</t>
   </si>
   <si>
     <t>4368/ND</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
   <si>
     <t>CARBON SERVICES INDIA</t>
   </si>
   <si>
     <t>Quotation charges and security deposit for new power connection at Andharkota PH-III under Eastern Mechanical Subdivision-III, Nadia</t>
   </si>
   <si>
     <t>BILL/02246/2024-2025</t>
   </si>
   <si>
     <t>BP-175</t>
   </si>
   <si>
     <t>13/12/2024</t>
   </si>
   <si>
     <t>WBSEDCL KARIMPUR CCC</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc., Construction Of 300 Cum Capacity 20 Mtr. Staging Height Rcc Over Head Reservoir (Excluding Pile Foundation), Pipe Connection And Cost Of Pipes, Specials &amp; Soil Investigation all complete for Augmentation of Ground Based Water Supply Scheme at Andharkota to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000187/2022-2023</t>
   </si>
   <si>
     <t>4466/ND</t>
   </si>
   <si>
     <t>18/10/2022</t>
   </si>
   <si>
     <t>17/10/2026</t>
   </si>
   <si>
     <t>M/S S.S ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of Arsenic-cum-Iron Removal Plant (AIRP) of 56.13 cum/Hour capacity at proposed headwork site for Augmentation of Ground Based Water Supply Scheme at Andharkota to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000156/2024-2025</t>
   </si>
   <si>
     <t>4480/ND</t>
   </si>
@@ -916,54 +916,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>18.86</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.77</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>67.68</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1091,231 +1091,233 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>61.1</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.46</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>43.31</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>48</v>
       </c>
-      <c r="J8" s="13"/>
+      <c r="J8" s="13" t="s">
+        <v>55</v>
+      </c>
       <c r="K8" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>178.59</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>46</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>14.8</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P10" s="4">
         <v>444.3</v>
       </c>
       <c r="Q10" s="4">
-        <v>207.11</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>46.62</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>55</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1367,51 +1369,51 @@
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
         <v>31.29</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
@@ -1422,54 +1424,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>1035.56</v>
       </c>
       <c r="P13" s="8">
-        <v>246.34</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>23.79</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>