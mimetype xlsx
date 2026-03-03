--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1064,54 +1064,54 @@
         <v>34</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P5" s="4">
         <v>0.45</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.22</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>49.98</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1355,54 +1355,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P10" s="4">
         <v>37.3</v>
       </c>
       <c r="Q10" s="4">
-        <v>14.16</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>37.96</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>50</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1475,54 +1475,54 @@
       <c r="I12" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P12" s="4">
         <v>4.98</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>97.39</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1536,54 +1536,54 @@
       <c r="I13" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P13" s="4">
         <v>4.95</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.94</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.9</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1597,54 +1597,54 @@
       <c r="I14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P14" s="4">
         <v>12.16</v>
       </c>
       <c r="Q14" s="4">
-        <v>11.7</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>96.24</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>20</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1772,54 +1772,54 @@
       <c r="I17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P17" s="4">
         <v>689.72</v>
       </c>
       <c r="Q17" s="4">
-        <v>384.75</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>55.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1833,54 +1833,54 @@
       <c r="I18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>37.79</v>
       </c>
       <c r="Q18" s="4">
-        <v>18.64</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>49.34</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>50</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1928,54 +1928,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>115</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>1468.55</v>
       </c>
       <c r="P20" s="8">
-        <v>439.27</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>29.91</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>