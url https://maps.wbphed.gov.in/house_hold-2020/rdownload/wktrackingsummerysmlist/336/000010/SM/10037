--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -218,51 +218,51 @@
   <si>
     <t>30/06/2024</t>
   </si>
   <si>
     <t>MENAKA ENTERPRISE</t>
   </si>
   <si>
     <t>Quotation for new service connection charges and security deposit for PH-4 under Bara-Andulia(Zone-I) w/s scheme, Under EMSD-III,PHE Dte,Nadia</t>
   </si>
   <si>
     <t>BILL/01811/2024-2025</t>
   </si>
   <si>
     <t>BP-157-24-25</t>
   </si>
   <si>
     <t>06/11/2024</t>
   </si>
   <si>
     <t>W.B.S.E.D.C.L (GROUP CHAPRA C.C.C)</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete, Construction Of 750 Cum Capacity 20 Mtr. Staging Height Rcc Over Head Reservoir (Including Pile Foundation), Pipe Connection And Cost Of Pipes, Specials &amp; Soil Investigation For Construction Of One No. 750 Cum Ohr Of Staging Height 20 Mtr. for Augmentation of Ground Based Water Supply Scheme at Bara Andulia-I to accommodate FHTC within Chapra block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer 3</t>
+    <t>Junior Engineer 3,Junior Engineer 4</t>
   </si>
   <si>
     <t>ORD/000016/2022-2023</t>
   </si>
   <si>
     <t>2055/ND</t>
   </si>
   <si>
     <t>10/05/2022</t>
   </si>
   <si>
     <t>01/01/2026</t>
   </si>
   <si>
     <t>Repair &amp; Renovation of Pump House, Boundary wall and allied works at 1st and 2nd Pump House at Bara Andulia Zone I Water Supply Scheme within Chapra block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 4</t>
   </si>
   <si>
     <t>ORD/000488/2023-2024</t>
   </si>
   <si>
     <t>6115/ND</t>
   </si>
@@ -1227,54 +1227,54 @@
       <c r="I9" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>37.76</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.23</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>40.34</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>50</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>47</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1345,54 +1345,54 @@
       <c r="I11" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P11" s="4">
         <v>640.03</v>
       </c>
       <c r="Q11" s="4">
-        <v>313.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>48.93</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>48</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1406,54 +1406,54 @@
       <c r="I12" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>74</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>12.16</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.93</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>73.42</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>20</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1560,54 +1560,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>1351.73</v>
       </c>
       <c r="P15" s="8">
-        <v>337.32</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>24.95</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>