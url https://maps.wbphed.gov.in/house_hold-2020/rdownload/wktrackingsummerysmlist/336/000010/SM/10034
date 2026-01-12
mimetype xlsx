--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -228,68 +228,50 @@
     <t>209/KLYSD-I</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe Supporting structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. and Construction of 400 cum capacity 20 Mtr. staging height RCC Over Head Reservoir, pipe connection and cost of pipes, specials and Soil Investigation for Construction of 400 CUM OHR , all complete for Augmentation of Ground Based Water Supply Scheme at Betai Zone-II to accommodate FHTC under Tehatta Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000003/2022-2023</t>
   </si>
   <si>
     <t>1956/ND</t>
   </si>
   <si>
     <t>28/04/2022</t>
   </si>
   <si>
     <t>08/01/2026</t>
-  </si>
-[...16 lines deleted...]
-    <t>NAMDAR ALI</t>
   </si>
   <si>
     <t>Eastern Mechanical</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sinkinng Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under Betai Zone-I ground water based water supply scheme under Block_Tehatta-I Dist. - Nadia under EMD, PHE Dte. SM/10414</t>
   </si>
   <si>
     <t>ORD/000194/2025-2026</t>
   </si>
   <si>
     <t>1119/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>MA ANNAPURNA ENTERPRISE</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sinkinng Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under Betai Zone-II ground water based water supply scheme under Block_Tehatta-II Dist. - Nadia under EMD, PHE Dte. SM/10034</t>
   </si>
@@ -711,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W17"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="52.987061" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1472,256 +1454,195 @@
         <v>601.69</v>
       </c>
       <c r="Q13" s="4">
         <v>278.85</v>
       </c>
       <c r="R13" s="4">
         <v>46.34</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>72</v>
-[...6 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
       <c r="K14" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P14" s="4">
-        <v>21.11</v>
+        <v>24.48</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>79</v>
       </c>
-      <c r="I15" s="13"/>
+      <c r="I15" s="13" t="s">
+        <v>54</v>
+      </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="O15" s="4" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="P15" s="4">
         <v>24.48</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="3">
-[...34 lines deleted...]
-      <c r="N16" s="4" t="s">
+      <c r="A16" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="O16" s="4" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>1169.9</v>
+      </c>
+      <c r="P16" s="8">
+        <v>283.7</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>24.25</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
-    <row r="17" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A17:N17"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>