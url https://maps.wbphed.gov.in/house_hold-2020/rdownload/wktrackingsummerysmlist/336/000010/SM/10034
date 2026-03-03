--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1371,54 +1371,54 @@
       <c r="I12" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P12" s="4">
         <v>4.86</v>
       </c>
       <c r="Q12" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1432,54 +1432,54 @@
       <c r="I13" s="13" t="s">
         <v>54</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>61</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>68</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>69</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="4">
         <v>601.69</v>
       </c>
       <c r="Q13" s="4">
-        <v>278.85</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>46.34</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1582,54 +1582,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1169.9</v>
       </c>
       <c r="P16" s="8">
-        <v>283.7</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>24.25</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>