--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -278,51 +278,51 @@
   <si>
     <t>6305/ND</t>
   </si>
   <si>
     <t>26/09/2024</t>
   </si>
   <si>
     <t>26/10/2024</t>
   </si>
   <si>
     <t>Construction of RCC Over Head Elevated Reservoir in connection with providing FHTC by augmentation under Jal Swapna for Muktadaha Zone-II Water Supply Scheme in Karimpur-I Block under RWS Nadia Sub-Divn. of Nadia District.</t>
   </si>
   <si>
     <t>Junior Engineer Karimpur- II Block,Junior Engineer Tehatta - II Block</t>
   </si>
   <si>
     <t>ORD/000739/2021-2022</t>
   </si>
   <si>
     <t>1342/ND</t>
   </si>
   <si>
     <t>22/03/2022</t>
   </si>
   <si>
-    <t>06/11/2024</t>
+    <t>05/01/2025</t>
   </si>
   <si>
     <t>K.P. CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of 30 m3/hr capacity for Augmentation of Ground Based Water Supply Scheme at Muktadaha Zone-II including 3 Months Trial Run &amp; 3 Years O&amp;M to accommodate FHTC under Tehatta Sub-division under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000737/2023-2024</t>
   </si>
   <si>
     <t>1493/ND</t>
   </si>
   <si>
     <t>04/03/2024</t>
   </si>
   <si>
     <t>26/08/2025</t>
   </si>
   <si>
     <t>MONDAL PRECISION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>Repairing and renovation of Elevated Reservoir , Pump House and allied works for Muktadaha Zone-II PWSS and Murutia PWSS within Karimpur-I Block and Karimpur-II Block Under Tehatta Sub-Division under Nadia Division P.H.E.</t>
   </si>
@@ -988,54 +988,54 @@
       <c r="I4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>0.61</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.57</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>93.21</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1045,54 +1045,54 @@
       </c>
       <c r="H5" s="13" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P5" s="4">
         <v>5.96</v>
       </c>
       <c r="Q5" s="4">
-        <v>5.96</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>90</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1106,54 +1106,54 @@
       <c r="I6" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>10.49</v>
       </c>
       <c r="Q6" s="4">
-        <v>9.54</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>90.94</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1395,54 +1395,54 @@
       <c r="I11" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
         <v>43.92</v>
       </c>
       <c r="Q11" s="4">
-        <v>43.9</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>99</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1456,54 +1456,54 @@
       <c r="I12" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>34.21</v>
       </c>
       <c r="Q12" s="4">
-        <v>9.67</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>28.27</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>60</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1578,54 +1578,54 @@
       <c r="I14" s="13" t="s">
         <v>30</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>48.71</v>
       </c>
       <c r="Q14" s="4">
-        <v>31.37</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>64.41</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>95</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1765,82 +1765,82 @@
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P17" s="4">
         <v>79.19</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>509.53</v>
       </c>
       <c r="P18" s="8">
-        <v>101.01</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>19.82</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>