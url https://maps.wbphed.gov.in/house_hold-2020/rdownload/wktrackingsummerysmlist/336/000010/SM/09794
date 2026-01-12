--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -233,71 +233,71 @@
   <si>
     <t>10/03/2023</t>
   </si>
   <si>
     <t>RTOR000095/2023-2024</t>
   </si>
   <si>
     <t>2420/ND</t>
   </si>
   <si>
     <t>05/06/2023</t>
   </si>
   <si>
     <t>RTOR000060/2023-2024</t>
   </si>
   <si>
     <t>2292/ND</t>
   </si>
   <si>
     <t>29/05/2023</t>
   </si>
   <si>
     <t>Construction of Arsenic-Cum-Iron Removal Plant (AIRP) of capacity 81 m3/hr at Durgapur Chowgacha Water Supply Scheme within Krishnaganj Block under Krishnagar Sub-Divn. under Nadia Division, P.H.E. Dte.</t>
   </si>
   <si>
+    <t>Junior Engineer 1</t>
+  </si>
+  <si>
     <t>ORD/000785/2023-2024</t>
   </si>
   <si>
     <t>1897/ND</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>MANGES INDUSTRIAL CORPORATION</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. all complete, Construction of 450 cum capacity 20 Mtr. staging height RCC Over Head Reservoir &amp; Soil Investigation for Augmentation of Ground Based Water Supply Scheme at Durgapur Chowgacha to accommodate FHTC within Krishnaganj block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
-    <t>Junior Engineer 1</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000189/2022-2023</t>
   </si>
   <si>
     <t>4542/ND</t>
   </si>
   <si>
     <t>21/10/2022</t>
   </si>
   <si>
     <t>21/10/2023</t>
   </si>
   <si>
     <t>UMWELT ENGINEER PVT LTD, 140 RAJADANGA CHAKRABORTY PARA, 1ST FLOOR, KASBA, KOLKATA-700107.</t>
   </si>
   <si>
     <t>Hiring of 1 (One) no Diesel Luxury Taxi/ Maxi Cab/ Motor Cab for official use for the office of the Assistant Engineer, Krishnagar Sub-Division, PHE Dte. for JJM works for the period 90 days w.e.f. 01.01.2023 (as and when required).</t>
   </si>
   <si>
     <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000486/2022-2023</t>
   </si>
   <si>
     <t>1331/KSD</t>
@@ -321,65 +321,50 @@
     <t>25/03/2025</t>
   </si>
   <si>
     <t>19/01/2026</t>
   </si>
   <si>
     <t>NILAY KUMAR BHATTACHARYA</t>
   </si>
   <si>
     <t>Construction and installation of Manifold at OHR site, Providing leftout FHTC with laying of additional distribution system and allied works in connection to the Augmentation of Durgapur Chowgacha Water Supply Scheme under Krishnaganj Block under Nadia Division, P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000809/2024-2025</t>
   </si>
   <si>
     <t>875/ND</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>26/04/2025</t>
   </si>
   <si>
     <t>M/S GHOSH CONSTRUCTION</t>
-  </si>
-[...13 lines deleted...]
-    <t>13/10/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -768,51 +753,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W20"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="107.259521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1546,111 +1531,113 @@
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>72</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="J14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>73</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P14" s="4">
         <v>227.13</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P15" s="4">
         <v>615</v>
       </c>
       <c r="Q15" s="4">
         <v>558.32</v>
       </c>
       <c r="R15" s="4">
         <v>90.78</v>
       </c>
@@ -1728,51 +1715,51 @@
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
         <v>91</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P17" s="4">
         <v>15.55</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
@@ -1789,181 +1776,122 @@
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>97</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J18" s="13" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>100</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="P18" s="4">
         <v>67.59</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>10</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
-      <c r="A19" s="3">
-[...18 lines deleted...]
-      <c r="H19" s="13" t="s">
+      <c r="A19" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="I19" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>1068.47</v>
+      </c>
+      <c r="P19" s="8">
+        <v>566.79</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>53.05</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
-    <row r="20" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>