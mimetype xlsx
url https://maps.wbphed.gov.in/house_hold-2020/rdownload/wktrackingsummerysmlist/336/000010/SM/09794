--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1089,54 +1089,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>8.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>7.54</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>84.46</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>99</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1150,54 +1150,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P7" s="4">
         <v>0.93</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.88</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1614,54 +1614,54 @@
       <c r="I15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>73</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P15" s="4">
         <v>615</v>
       </c>
       <c r="Q15" s="4">
-        <v>558.32</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>90.78</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>92</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1831,54 +1831,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1068.47</v>
       </c>
       <c r="P19" s="8">
-        <v>566.79</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>53.05</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>