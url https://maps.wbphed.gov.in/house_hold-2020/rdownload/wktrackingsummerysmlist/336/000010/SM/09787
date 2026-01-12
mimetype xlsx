--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -236,51 +236,51 @@
   <si>
     <t>1277/RSD</t>
   </si>
   <si>
     <t>04/10/2024</t>
   </si>
   <si>
     <t>18/11/2024</t>
   </si>
   <si>
     <t>MANARAMA ENTERPRISE</t>
   </si>
   <si>
     <t>Construction of 100m Boundary Wall(2.5m panel) having 200X200mm R.C.C. Column footing (1.0X1.0m) with 125mm thick brick panel wall and 200x300 RCC beam at GL including M.S gate at Mahisnengra Zone-II PWSS at H/W site under Ranaghat Sub -Division in Nadia District under Nadia Division P.H.Engineering Dte.</t>
   </si>
   <si>
     <t>ORD/000080/2025-2026</t>
   </si>
   <si>
     <t>2462/ND</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
-    <t>25/08/2025</t>
+    <t>23/11/2025</t>
   </si>
   <si>
     <t>ABHAYANANDA ENTERPRISE</t>
   </si>
   <si>
     <t>Supply, delivery, installation Commissioning of Electro Mechanical Equipments and allied works at MAHISNENGRA Zone-II W/S Scheme Block- Krishnagar-I under Eastern Mechanical Division, P.H.E, Dte. Dist. Nadia. SM/09787</t>
   </si>
   <si>
     <t>Junior Engineer</t>
   </si>
   <si>
     <t>ORD/000133/2025-2026</t>
   </si>
   <si>
     <t>1134/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>MAHAMAYA ENTERPRISE.</t>
   </si>