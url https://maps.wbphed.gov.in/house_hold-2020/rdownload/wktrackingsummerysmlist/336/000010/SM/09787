--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -869,54 +869,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>1.83</v>
       </c>
       <c r="Q3" s="4">
-        <v>1.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>77.66</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>90</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1101,54 +1101,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>96.97</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.4</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>40</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1219,54 +1219,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>94.44</v>
       </c>
       <c r="Q9" s="4">
-        <v>28.49</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>30.17</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1495,54 +1495,54 @@
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>355.15</v>
       </c>
       <c r="P14" s="8">
-        <v>31.32</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>8.82</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>