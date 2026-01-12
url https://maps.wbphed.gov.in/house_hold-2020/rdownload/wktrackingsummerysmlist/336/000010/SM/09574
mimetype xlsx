--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -251,51 +251,51 @@
   <si>
     <t>512/KSD</t>
   </si>
   <si>
     <t>30/05/2022</t>
   </si>
   <si>
     <t>29/06/2022</t>
   </si>
   <si>
     <t>DEBASHISH DEY</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. and Construction of 300 cum capacity 20 Mtr. staging height RCC Over Head Reservoir, pipe connection and cost of pipes, specials and Soil Investigation for Construction of 900 CUM OHR all complete for Augmentation of Ground Based Water Supply Scheme at Dafarpota Zone-I to accommodate FHTC within Krishnagar-1 block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000667/2021-2022</t>
   </si>
   <si>
     <t>623/ND</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
-    <t>10/05/2022</t>
+    <t>09/02/2023</t>
   </si>
   <si>
     <t>Construction and installation of Manifold and allied works at OHR site in connection to Ground Based Piped Water Supply Scheme at Dafarpota Zone II To Accommodate FHTC Within Krishnagar I Block Under Krishnanagar Sub-division Under Nadia Division,phe Dte.</t>
   </si>
   <si>
     <t>ORD/000102/2025-2026</t>
   </si>
   <si>
     <t>2848/ND</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>SAHA ENGINEERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 