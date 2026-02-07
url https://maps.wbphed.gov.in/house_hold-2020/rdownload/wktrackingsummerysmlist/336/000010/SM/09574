--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -255,50 +255,53 @@
     <t>30/05/2022</t>
   </si>
   <si>
     <t>29/06/2022</t>
   </si>
   <si>
     <t>DEBASHISH DEY</t>
   </si>
   <si>
     <t>Laying of Distribution System including specials, valves &amp; pipe carrying structure all complete, Proposed augmentation of Rising Main system and Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, saddle piece etc. and Construction of 300 cum capacity 20 Mtr. staging height RCC Over Head Reservoir, pipe connection and cost of pipes, specials and Soil Investigation for Construction of 900 CUM OHR all complete for Augmentation of Ground Based Water Supply Scheme at Dafarpota Zone-I to accommodate FHTC within Krishnagar-1 block under Krishnagar Sub-Divn under Nadia Divn, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000667/2021-2022</t>
   </si>
   <si>
     <t>623/ND</t>
   </si>
   <si>
     <t>09/02/2022</t>
   </si>
   <si>
     <t>09/02/2023</t>
   </si>
   <si>
     <t>Construction and installation of Manifold and allied works at OHR site in connection to Ground Based Piped Water Supply Scheme at Dafarpota Zone II To Accommodate FHTC Within Krishnagar I Block Under Krishnanagar Sub-division Under Nadia Division,phe Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer 3</t>
   </si>
   <si>
     <t>ORD/000102/2025-2026</t>
   </si>
   <si>
     <t>2848/ND</t>
   </si>
   <si>
     <t>18/06/2025</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>SAHA ENGINEERS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -922,54 +925,54 @@
       <c r="I4" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>10.82</v>
       </c>
       <c r="Q4" s="4">
-        <v>9.36</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>86.49</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>80</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1327,54 +1330,54 @@
       <c r="I11" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P11" s="4">
         <v>0.52</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.44</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>83.91</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1388,54 +1391,54 @@
       <c r="I12" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>3.37</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.12</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>92.58</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1449,147 +1452,149 @@
       <c r="I13" s="13" t="s">
         <v>31</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>69</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P13" s="4">
         <v>253.11</v>
       </c>
       <c r="Q13" s="4">
-        <v>185.88</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>73.44</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>70</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>31</v>
       </c>
-      <c r="J14" s="13"/>
+      <c r="J14" s="13" t="s">
+        <v>81</v>
+      </c>
       <c r="K14" s="4" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>18.01</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>382.56</v>
       </c>
       <c r="P15" s="8">
-        <v>198.8</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>51.97</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>