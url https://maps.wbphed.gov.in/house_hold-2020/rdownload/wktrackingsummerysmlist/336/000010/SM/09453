--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -1524,51 +1524,51 @@
       <c r="K14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>46.3</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>621.85</v>