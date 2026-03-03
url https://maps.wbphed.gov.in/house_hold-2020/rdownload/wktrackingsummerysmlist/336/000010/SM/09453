--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -930,54 +930,54 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>30</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="4">
         <v>14.64</v>
       </c>
       <c r="Q4" s="4">
-        <v>13.81</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>94.32</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1219,54 +1219,54 @@
       <c r="I9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>205.15</v>
       </c>
       <c r="Q9" s="4">
-        <v>182.17</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>88.8</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1552,54 +1552,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>621.85</v>
       </c>
       <c r="P15" s="8">
-        <v>195.98</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>31.52</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>