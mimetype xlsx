--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -1042,54 +1042,54 @@
       <c r="I6" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P6" s="4">
         <v>354.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>120.52</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>33.97</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1103,54 +1103,54 @@
       <c r="I7" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>46</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P7" s="4">
         <v>13.23</v>
       </c>
       <c r="Q7" s="4">
-        <v>13.23</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1451,54 +1451,54 @@
       <c r="I13" s="13" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>39</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P13" s="4">
         <v>217.72</v>
       </c>
       <c r="Q13" s="4">
-        <v>12.26</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>5.63</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>25</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1607,54 +1607,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1032.81</v>
       </c>
       <c r="P16" s="8">
-        <v>146.01</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>14.14</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>