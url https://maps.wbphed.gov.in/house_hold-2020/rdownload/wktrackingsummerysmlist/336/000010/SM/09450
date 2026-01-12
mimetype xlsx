--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -350,51 +350,51 @@
   <si>
     <t>3899/ND</t>
   </si>
   <si>
     <t>16/07/2024</t>
   </si>
   <si>
     <t>12/01/2025</t>
   </si>
   <si>
     <t>J.P. CONSTRUCTION &amp; SUPPLIERS</t>
   </si>
   <si>
     <t>Construction and installation of MANIFOLD and allied works at OHR site of Badlangi Padmamala Zone-I Water Supply scheme under RWS Sub Division under Nadia Division-,P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000672/2024-2025</t>
   </si>
   <si>
     <t>7451/ND</t>
   </si>
   <si>
     <t>20/12/2024</t>
   </si>
   <si>
-    <t>18/06/2025</t>
+    <t>16/09/2025</t>
   </si>
   <si>
     <t>ROY ASSOCIATES</t>
   </si>
   <si>
     <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Augmentation Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under BADELANGI PADMAMALA ZONE-II ground water based water supply scheme under Block_ CHAPRA Dist. - Nadia under EMD, PHE Dte. SM/09450</t>
   </si>
   <si>
     <t>ORD/000177/2025-2026</t>
   </si>
   <si>
     <t>1113/EMD</t>
   </si>
   <si>
     <t>04/06/2025</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>BIDYUT KUMAR MUKHERJEE</t>
   </si>
   <si>
     <t>Construction and installation of MANIFOLD and allied works at OHR site of Badlangi Padmamala Zone-II Water Supply scheme under RWS Sub Division under Nadia Division-,P.H.E Dte.</t>
   </si>