--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1160,54 +1160,54 @@
       <c r="I6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P6" s="4">
         <v>8.94</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.94</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1278,54 +1278,54 @@
       <c r="I8" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P8" s="4">
         <v>458.3</v>
       </c>
       <c r="Q8" s="4">
-        <v>313.34</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>68.37</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>78</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1339,54 +1339,54 @@
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P9" s="4">
         <v>4.85</v>
       </c>
       <c r="Q9" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1400,54 +1400,54 @@
       <c r="I10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>4.85</v>
       </c>
       <c r="Q10" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1461,54 +1461,54 @@
       <c r="I11" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="P11" s="4">
         <v>34.21</v>
       </c>
       <c r="Q11" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>9.24</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>60</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1522,54 +1522,54 @@
       <c r="I12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P12" s="4">
         <v>34.23</v>
       </c>
       <c r="Q12" s="4">
-        <v>23.34</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>68.2</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1583,54 +1583,54 @@
       <c r="I13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P13" s="4">
         <v>4.85</v>
       </c>
       <c r="Q13" s="4">
-        <v>4.85</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1884,54 +1884,54 @@
       <c r="I18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>50</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>75.72</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.73</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>11.53</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2099,54 +2099,54 @@
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B22" s="7"/>
       <c r="C22" s="7"/>
       <c r="D22" s="7"/>
       <c r="E22" s="11"/>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="14"/>
       <c r="I22" s="14"/>
       <c r="J22" s="14"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8">
         <v>1140.86</v>
       </c>
       <c r="P22" s="8">
-        <v>372.06</v>
+        <v>0</v>
       </c>
       <c r="Q22" s="8">
-        <v>32.61</v>
+        <v>0</v>
       </c>
       <c r="R22" s="8"/>
       <c r="S22" s="8"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A22:N22"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>