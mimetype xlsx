--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -215,120 +215,108 @@
   <si>
     <t>ORD/000780/2023-2024</t>
   </si>
   <si>
     <t>1894/ND</t>
   </si>
   <si>
     <t>15/03/2024</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>G.D. CONSTRUCTION AND CO.</t>
   </si>
   <si>
     <t>RTOR000155/2023-2024</t>
   </si>
   <si>
     <t>270/ND</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
-    <t>Continuation work for Wall Writing Work under Nadia Division P. H. Engineering Dte.</t>
-[...5 lines deleted...]
-    <t>3784/ND</t>
+    <t>Laying of Distribution System including specials &amp; valves, pipe Supporting structure all complete, Proposed augmentation of Rising Main, Providing FHTC including supplying, laying, fitting, fixing of 15mm NB PVC (schedule 80)/20mm OD HDPE (PE100, PN16) pipe with all necessary specials, 10 mm gun metal ferrule, saddle piece etc. all complete, Soil investigation for construction of one No. 450 Cum OHR, Construction of R.C.C. Elevated Reservoir of 450 Cum capacity(including pile foundation) at Gadigachha in Nabadwip Block under Nadia Division,PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer 2</t>
+  </si>
+  <si>
+    <t>ORD/000088/2023-2024</t>
+  </si>
+  <si>
+    <t>3026/ND</t>
+  </si>
+  <si>
+    <t>14/07/2023</t>
+  </si>
+  <si>
+    <t>14/07/2026</t>
+  </si>
+  <si>
+    <t>JOY HIND TUBEWELL'S</t>
+  </si>
+  <si>
+    <t>Eastern Mechanical</t>
+  </si>
+  <si>
+    <t>Providing, installation and commissioning of submersible pumping machinery along with allied Electro-Mechanical works for Newly Sinkinng Tube Well in connection to Accommodate FHTC at Pump House No.-I and II under Gadigachha ground water based water supply scheme under Block_Nabadwip Dist. - Nadia under EMD, PHE Dte. SM/09223</t>
+  </si>
+  <si>
+    <t>ORD/000189/2025-2026</t>
+  </si>
+  <si>
+    <t>1127/EMD</t>
+  </si>
+  <si>
+    <t>04/06/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>ASHUTOSH DAS &amp; CO.</t>
+  </si>
+  <si>
+    <t>Continuation for Installation of Har Ghar Jal (HGJ) Display Board at different Villages under various PWSS under Nadia Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000296/2025-2026</t>
+  </si>
+  <si>
+    <t>3785/ND</t>
   </si>
   <si>
     <t>12/08/2025</t>
   </si>
   <si>
-    <t>12/09/2025</t>
+    <t>11/10/2025</t>
   </si>
   <si>
     <t>IMAGIN</t>
-  </si>
-[...52 lines deleted...]
-    <t>11/10/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -717,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W14"/>
+  <dimension ref="A1:W13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="44.703369" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1285,306 +1273,245 @@
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>67</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="J10" s="13"/>
+      <c r="J10" s="13" t="s">
+        <v>68</v>
+      </c>
       <c r="K10" s="4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P10" s="4">
-        <v>34.21</v>
+        <v>431.93</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>232.55</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>53.84</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="J11" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P11" s="4">
-        <v>431.93</v>
+        <v>36.75</v>
       </c>
       <c r="Q11" s="4">
-        <v>232.55</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>53.84</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
-        <v>36.75</v>
+        <v>96.97</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="3">
-[...20 lines deleted...]
-      <c r="H13" s="13" t="s">
+      <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="I13" s="13" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="14"/>
+      <c r="I13" s="14"/>
+      <c r="J13" s="14"/>
+      <c r="K13" s="8"/>
+      <c r="L13" s="8"/>
+      <c r="M13" s="8"/>
+      <c r="N13" s="8"/>
+      <c r="O13" s="8">
+        <v>859.06</v>
+      </c>
+      <c r="P13" s="8">
+        <v>240.56</v>
+      </c>
+      <c r="Q13" s="8">
+        <v>28</v>
+      </c>
+      <c r="R13" s="8"/>
+      <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
-    <row r="14" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A14:N14"/>
+    <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>