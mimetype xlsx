--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -866,54 +866,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>4.83</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.83</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>79.3</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -990,54 +990,54 @@
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>4.23</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.88</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1295,54 +1295,54 @@
       <c r="I10" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>71</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P10" s="4">
         <v>431.93</v>
       </c>
       <c r="Q10" s="4">
-        <v>232.55</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>53.84</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1451,54 +1451,54 @@
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B13" s="7"/>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="11"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
       <c r="M13" s="8"/>
       <c r="N13" s="8"/>
       <c r="O13" s="8">
         <v>859.06</v>
       </c>
       <c r="P13" s="8">
-        <v>240.56</v>
+        <v>0</v>
       </c>
       <c r="Q13" s="8">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="R13" s="8"/>
       <c r="S13" s="8"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A13:N13"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>