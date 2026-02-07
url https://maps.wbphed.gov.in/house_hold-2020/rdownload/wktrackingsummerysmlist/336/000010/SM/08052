--- v0 (2025-12-18)
+++ v1 (2026-02-07)
@@ -895,54 +895,54 @@
         <v>32</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>4.41</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.97</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1011,54 +1011,54 @@
         <v>43</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J7" s="13"/>
       <c r="K7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="4">
         <v>55.05</v>
       </c>
       <c r="Q7" s="4">
-        <v>48.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>88.28</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1129,88 +1129,88 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>54</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P9" s="4">
         <v>96.01</v>
       </c>
       <c r="Q9" s="4">
-        <v>1.99</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>2.08</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>81</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>211.83</v>
       </c>
       <c r="P10" s="8">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>25.96</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>