--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -2077,54 +2077,54 @@
         <v>91</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13"/>
       <c r="K22" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>96</v>
       </c>
       <c r="P22" s="4">
         <v>0.45</v>
       </c>
       <c r="Q22" s="4">
-        <v>0.45</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2252,54 +2252,54 @@
         <v>106</v>
       </c>
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13"/>
       <c r="K25" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P25" s="4">
         <v>0.99</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2311,54 +2311,54 @@
         <v>111</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13"/>
       <c r="K26" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P26" s="4">
         <v>0.99</v>
       </c>
       <c r="Q26" s="4">
-        <v>0.99</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2370,54 +2370,54 @@
         <v>114</v>
       </c>
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13"/>
       <c r="K27" s="4" t="s">
         <v>115</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>116</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>117</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>118</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P27" s="4">
         <v>0.94</v>
       </c>
       <c r="Q27" s="4">
-        <v>0.94</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2518,54 +2518,54 @@
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B30" s="7"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="11"/>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="14"/>
       <c r="I30" s="14"/>
       <c r="J30" s="14"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8">
         <v>99.29</v>
       </c>
       <c r="P30" s="8">
-        <v>3.38</v>
+        <v>0</v>
       </c>
       <c r="Q30" s="8">
-        <v>3.4</v>
+        <v>0</v>
       </c>
       <c r="R30" s="8"/>
       <c r="S30" s="8"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A30:N30"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>