--- v0 (2025-12-18)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -251,72 +251,90 @@
   <si>
     <t>3426/BWD</t>
   </si>
   <si>
     <t>07/08/2023</t>
   </si>
   <si>
     <t>31/03/2026</t>
   </si>
   <si>
     <t>NATIONAL CONSTRUCTION</t>
   </si>
   <si>
     <t>Field level data validation of FHTC executed by Agencies on the basis of pictorial data with the objective of controlling multiple entry,improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database of BISHNUPUR Pipe Water Supply Scheme in Memari-II Block within Burdwan Sub-Division under Burdwan Division,PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000887/2024-2025</t>
   </si>
   <si>
     <t>2670/BSD</t>
   </si>
   <si>
     <t>04/12/2024</t>
   </si>
   <si>
-    <t>03/01/2025</t>
+    <t>29/12/2025</t>
   </si>
   <si>
     <t>TECHVISION</t>
   </si>
   <si>
     <t>Different Types of work involved in connection with different New Schemes (05 Nos.) Piped Water Supply Scheme under Memari II Block within Burdwan Sub-Division under Burdwan Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000003/2025-2026</t>
   </si>
   <si>
     <t>1116/BWD</t>
   </si>
   <si>
     <t>03/04/2025</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>SOFIQUL ISLAM</t>
+  </si>
+  <si>
+    <t>Supply &amp; Installation of Submersible Pumping Machinery, Voltage Stabilizer, Chlorination System and Internal House Wiring for Tube well No.-1, 2 &amp; 3 at BISHNUPUR Water Supply Scheme [ Block- MEMARI-2 ] under CMD, PHE Dte., Dist.- Purba-Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000791/2023-2024</t>
+  </si>
+  <si>
+    <t>4079/CMD</t>
+  </si>
+  <si>
+    <t>29/08/2023</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>C.M. ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -705,51 +723,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W15"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1545,87 +1563,150 @@
       </c>
       <c r="N14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P14" s="4">
         <v>176.89</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
-      <c r="A15" s="7" t="s">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="13" t="s">
         <v>87</v>
       </c>
-      <c r="B15" s="7"/>
-[...22 lines deleted...]
-      <c r="S15" s="8"/>
+      <c r="I15" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="P15" s="4">
+        <v>44.08</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>95</v>
+      </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>1220.26</v>
+      </c>
+      <c r="P16" s="8">
+        <v>727.2</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>59.59</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A15:N15"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>