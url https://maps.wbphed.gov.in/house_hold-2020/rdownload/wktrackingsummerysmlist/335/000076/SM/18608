--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -1126,54 +1126,54 @@
         <v>46</v>
       </c>
       <c r="I7" s="13"/>
       <c r="J7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>0.85</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.28</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>33.19</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1425,54 +1425,54 @@
       <c r="I12" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>47</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P12" s="4">
         <v>870.64</v>
       </c>
       <c r="Q12" s="4">
-        <v>726.91</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>83.49</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1646,54 +1646,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>93</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1220.26</v>
       </c>
       <c r="P16" s="8">
-        <v>727.2</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>59.59</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>