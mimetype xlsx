--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -956,54 +956,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>883.19</v>
       </c>
       <c r="Q4" s="4">
-        <v>181.59</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>20.56</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>35</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1318,54 +1318,54 @@
       <c r="I10" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P10" s="4">
         <v>44.42</v>
       </c>
       <c r="Q10" s="4">
-        <v>23.74</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>53.45</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>31</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1381,54 +1381,54 @@
       <c r="I11" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P11" s="4">
         <v>0.8</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>92.26</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1444,54 +1444,54 @@
       <c r="I12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P12" s="4">
         <v>0.81</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.78</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>96.46</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1507,54 +1507,54 @@
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="4">
         <v>0.81</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.67</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>82.96</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1570,54 +1570,54 @@
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P14" s="4">
         <v>0.81</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>92.09</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1667,54 +1667,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>96</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1100.03</v>
       </c>
       <c r="P16" s="8">
-        <v>208.27</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>18.93</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>