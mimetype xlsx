--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1350,54 +1350,54 @@
       <c r="I9" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>0.79</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>80.75</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1413,54 +1413,54 @@
       <c r="I10" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P10" s="4">
         <v>0.79</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>68.34</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1476,54 +1476,54 @@
       <c r="I11" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P11" s="4">
         <v>0.79</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>94.46</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1539,54 +1539,54 @@
       <c r="I12" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P12" s="4">
         <v>0.79</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.72</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>91.51</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1602,54 +1602,54 @@
       <c r="I13" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P13" s="4">
         <v>0.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.64</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>81.83</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1665,54 +1665,54 @@
       <c r="I14" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P14" s="4">
         <v>0.79</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.69</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>87.52</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1913,54 +1913,54 @@
       <c r="I18" s="13" t="s">
         <v>102</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>103</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P18" s="4">
         <v>1294.79</v>
       </c>
       <c r="Q18" s="4">
-        <v>715.59</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>55.27</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2155,88 +2155,88 @@
       <c r="I22" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>44.4</v>
       </c>
       <c r="Q22" s="4">
-        <v>37.01</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>83.36</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>91</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>2183.15</v>
       </c>
       <c r="P23" s="8">
-        <v>756.59</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>34.66</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>