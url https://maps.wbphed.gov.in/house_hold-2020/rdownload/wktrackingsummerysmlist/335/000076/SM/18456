--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1421,54 +1421,54 @@
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P11" s="4">
         <v>0.82</v>
       </c>
       <c r="Q11" s="4">
-        <v>0.82</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1484,54 +1484,54 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P12" s="4">
         <v>0.68</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.59</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>86.45</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1547,54 +1547,54 @@
       <c r="I13" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P13" s="4">
         <v>0.98</v>
       </c>
       <c r="Q13" s="4">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>99</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1610,54 +1610,54 @@
       <c r="I14" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P14" s="4">
         <v>0.89</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.89</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1673,54 +1673,54 @@
       <c r="I15" s="13" t="s">
         <v>87</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P15" s="4">
         <v>1294.79</v>
       </c>
       <c r="Q15" s="4">
-        <v>559.78</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>43.23</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1860,88 +1860,88 @@
       <c r="I18" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P18" s="4">
         <v>28.96</v>
       </c>
       <c r="Q18" s="4">
-        <v>19.54</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>67.46</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>90</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>110</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>2034.07</v>
       </c>
       <c r="P19" s="8">
-        <v>582.6</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>28.64</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>