--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -188,102 +188,87 @@
   <si>
     <t>BILL/01872/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-360</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
     <t>NEW SERVICE CONNECTION FOR BELSHAR PWSS TW 2.</t>
   </si>
   <si>
     <t>BILL/03182/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-666</t>
   </si>
   <si>
     <t>22/03/2024</t>
   </si>
   <si>
-    <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to BELSHAR &amp; SANKARPUR Piped Water Supply Scheme under Raina ¿ I Block, District:- Purba-Bardhaman [NEW SCHEME]</t>
+    <t>Installation of two tank chlorination system, Yard lighting arrangement &amp; allied works at Bajitpur, Belsar &amp; other water supply scheme under Raina-1 Block under Central Mechanical Division, P.H.E. Dte., Dist.- Purba Bardhaman.</t>
+  </si>
+  <si>
+    <t>ORD/000117/2024-2025</t>
+  </si>
+  <si>
+    <t>2589/CMD</t>
+  </si>
+  <si>
+    <t>27/08/2024</t>
+  </si>
+  <si>
+    <t>DEY ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Balance work [i.e. Extension or parallel Pipeline, Leftout FHTC, Road Restoration work, Sinking of Additional Tube Well with Pump House &amp; Boundary wall, inter Connection of Additional Tube Well, Construction of M.S.Structural bridge, canal Crossing, MS casing with allied work of Bhagabatipur, Machkhara, Udgara, Bantir, Chakpurohit Rasuikhanda, Sankarpur, Gopalpur &amp; Belshar PWSS Block-RAINA- I under Burdwan Sub Division, PHE Dte. within Burdwan Division PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer Burdwan Sadar Sub-Division PHE. DTE.</t>
   </si>
   <si>
     <t>JUNIOR ENGINEER BURDWAN SADAR SUB-DIVISION PHE DTE</t>
   </si>
   <si>
-    <t>ORD/000411/2023-2024</t>
-[...8 lines deleted...]
-    <t>01/08/2026</t>
+    <t>ORD/001103/2024-2025</t>
+  </si>
+  <si>
+    <t>469/BWD</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>25/01/2026</t>
   </si>
   <si>
     <t>SK ALIM</t>
-  </si>
-[...28 lines deleted...]
-    <t>25/01/2026</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -672,51 +657,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="72.982178" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1215,266 +1200,203 @@
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="I10" s="13" t="s">
+        <v>39</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="J10" s="13" t="s">
+      <c r="L10" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="M10" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>1345.74</v>
+        <v>74.58</v>
       </c>
       <c r="Q10" s="4">
-        <v>541.33</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>40.23</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="J11" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="I11" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="M11" s="4" t="s">
+      <c r="N11" s="4" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P11" s="4">
-        <v>74.58</v>
+        <v>1353.91</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
-      <c r="A12" s="3">
-[...20 lines deleted...]
-      <c r="H12" s="13" t="s">
+      <c r="A12" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="I12" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="14"/>
+      <c r="I12" s="14"/>
+      <c r="J12" s="14"/>
+      <c r="K12" s="8"/>
+      <c r="L12" s="8"/>
+      <c r="M12" s="8"/>
+      <c r="N12" s="8"/>
+      <c r="O12" s="8">
+        <v>1520.68</v>
+      </c>
+      <c r="P12" s="8">
+        <v>25.18</v>
+      </c>
+      <c r="Q12" s="8">
+        <v>1.66</v>
+      </c>
+      <c r="R12" s="8"/>
+      <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
-    <row r="13" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>