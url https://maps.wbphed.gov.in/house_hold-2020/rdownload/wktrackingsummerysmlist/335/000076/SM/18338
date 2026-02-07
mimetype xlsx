--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -999,54 +999,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="4">
         <v>28.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>25.18</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>86.91</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>96</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1336,54 +1336,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>1520.68</v>
       </c>
       <c r="P12" s="8">
-        <v>25.18</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>1.66</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>