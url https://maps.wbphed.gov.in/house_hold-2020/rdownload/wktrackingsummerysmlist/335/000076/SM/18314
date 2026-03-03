--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1124,54 +1124,54 @@
       <c r="I8" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P8" s="4">
         <v>625.16</v>
       </c>
       <c r="Q8" s="4">
-        <v>108.02</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>17.28</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>45</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1284,54 +1284,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1428.55</v>
       </c>
       <c r="P11" s="8">
-        <v>108.02</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>7.56</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>