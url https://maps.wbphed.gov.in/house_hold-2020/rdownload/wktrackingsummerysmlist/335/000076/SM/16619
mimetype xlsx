--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -203,51 +203,51 @@
   <si>
     <t>BILL/01887/2023-2024</t>
   </si>
   <si>
     <t>BP-2023-24-358</t>
   </si>
   <si>
     <t>11/01/2024</t>
   </si>
   <si>
     <t>WEST BENGAL STATE ELECTRICITY DISTRIBUTION CO. LTD. (WBSEDCL)</t>
   </si>
   <si>
     <t>Different works related (sinking of Tube-wells, LDSs, Rising Mains, FHTCs, Construction of different capacity RCC OHRs each with 20.0 mtr. with Staging height including soil investigation &amp; construction of switch rooms &amp; boundary walls with gates and land development, drains and internal pathways at different TW site) to BAJITPUR, SHUKUR &amp; HARISHNAPUR Piped Water Supply Scheme under RAINA-I Block, District:- Purba Bardhaman [NEW SCHEME]</t>
   </si>
   <si>
     <t>ORD/000388/2023-2024</t>
   </si>
   <si>
     <t>3197/BWD</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
-    <t>23/07/2024</t>
+    <t>16/01/2026</t>
   </si>
   <si>
     <t>MRITYUNJOY MUKHERJEE &amp; CO.</t>
   </si>
   <si>
     <t>Continuation Work Order for Supply of one No.Diesel Driven Ambassador Car No. WB:41H-4009 on hire basis for the office of the Assistant Engineer,Burdwan Sub-Division,PHE Dte (Period from 01-06-2025 to 31.08.2025)</t>
   </si>
   <si>
     <t>ORD/000180/2025-2026</t>
   </si>
   <si>
     <t>1260/BSD</t>
   </si>
   <si>
     <t>30/05/2025</t>
   </si>
   <si>
     <t>30/08/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 