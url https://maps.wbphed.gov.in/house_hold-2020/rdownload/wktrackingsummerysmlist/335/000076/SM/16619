--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1059,54 +1059,54 @@
       <c r="I7" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>1.2</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.34</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>28.63</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>60</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1181,54 +1181,54 @@
       <c r="I9" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>1242.03</v>
       </c>
       <c r="Q9" s="4">
-        <v>54.78</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>4.41</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>55</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1276,54 +1276,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>1319.73</v>
       </c>
       <c r="P11" s="8">
-        <v>55.13</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>4.18</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>